--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,320 +1,310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="27349BB0" w14:textId="75BA8ED6" w:rsidR="00513E14" w:rsidRDefault="004C5A7E" w:rsidP="00604134">
+    <w:p w14:paraId="27349BB0" w14:textId="75BA8ED6" w:rsidR="00513E14" w:rsidRPr="00F86355" w:rsidRDefault="004C5A7E" w:rsidP="00604134">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>TÍTULO</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PORTUGUÊS:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEGRITO,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>LETRAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>MAIÚSCULAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61BF2" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEW</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ROMAN</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61BF2" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226CBAB0" w14:textId="5A552DAF" w:rsidR="00996270" w:rsidRDefault="00996270" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="993333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...223 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4B966883" w14:textId="4A60B606" w:rsidR="00BF4741" w:rsidRDefault="00BF4741" w:rsidP="008E546B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...8 lines deleted...]
-        <w:t>pós aprovação, serão inseridos, pelo diagramador, os metadados que devem constar na plataforma da revista (inseridos no ato da submissão do texto). Não preencher os dados que seguem.</w:t>
+        <w:t>Após aprovação, serão inseridos, pelo diagramador, os metadados que devem constar na plataforma da revista (inseridos no ato da submissão do texto). Não preencher os dados que seguem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B33F039" w14:textId="77777777" w:rsidR="002E2922" w:rsidRPr="00BF4741" w:rsidRDefault="002E2922" w:rsidP="008E546B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="993333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D9777BD" w14:textId="3F9C6832" w:rsidR="00513E14" w:rsidRPr="003A3849" w:rsidRDefault="00513E14" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3849">
@@ -327,258 +317,280 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>em:</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D93813" w14:textId="7176F1EC" w:rsidR="00513E14" w:rsidRPr="003A3849" w:rsidRDefault="00513E14" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aceito</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>em:</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877125" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5648DD09" w14:textId="0479464F" w:rsidR="00513E14" w:rsidRDefault="00513E14" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DOI:</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>10.25110/educere.v</w:t>
+        <w:t>10.25110/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A3849">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>educere.v</w:t>
       </w:r>
       <w:r w:rsidR="003F0145" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003F0145" w:rsidRPr="00BF4741">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003A3849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006932B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00877125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="003A4E08">
@@ -1742,2117 +1754,2120 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00065ADC" w:rsidRPr="00065ADC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>palavra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19789070" w14:textId="77777777" w:rsidR="00903C59" w:rsidRPr="00903C59" w:rsidRDefault="00903C59" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB830C1" w14:textId="7D75E843" w:rsidR="00F61BF2" w:rsidRDefault="00F61BF2" w:rsidP="00996270">
+    <w:p w14:paraId="6EB830C1" w14:textId="7D75E843" w:rsidR="00F61BF2" w:rsidRPr="00F86355" w:rsidRDefault="00F61BF2" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>TÍTULO</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>INGLÊS</w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEGRITO,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>LETRAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>MAIÚSCULAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEW</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ROMAN</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065ADC" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B3140A" w14:textId="77777777" w:rsidR="00903C59" w:rsidRDefault="00903C59" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B334C82" w14:textId="2391D86E" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Os</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resumos</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(fonte</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roman,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>espaço</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>simples,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tamanho</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parágrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>único,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ter</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mínimo</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>máximo</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavras.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>São</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acompanhados</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>três</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cinco</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavras-chave,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>separadas</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ponto</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vírgula</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iniciais</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maiúsculas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0ADC62" w14:textId="3654B75A" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KEYWORDS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Primeira</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavra;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Segunda</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavra;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Terceira</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavra;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quarta</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0AB9B4" w14:textId="15832F92" w:rsidR="00F86355" w:rsidRDefault="00F86355" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB58E8B" w14:textId="46BA1579" w:rsidR="00F61BF2" w:rsidRPr="00F86355" w:rsidRDefault="00F61BF2" w:rsidP="00996270">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>TÍTULO</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ESPANHOL</w:t>
+      </w:r>
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEGRITO,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>LETRAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>MAIÚSCULAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>NEW</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ROMAN</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004969BF" w:rsidRPr="00F86355">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="992222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A0D7FD" w14:textId="175E2374" w:rsidR="00903C59" w:rsidRPr="00996270" w:rsidRDefault="00903C59" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="993333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00996270">
-[...218 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="03B3140A" w14:textId="77777777" w:rsidR="00903C59" w:rsidRDefault="00903C59" w:rsidP="00996270">
-[...11 lines deleted...]
-    <w:p w14:paraId="2B334C82" w14:textId="2391D86E" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
+    <w:p w14:paraId="792A3665" w14:textId="166BC572" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ABSTRACT</w:t>
+        <w:t>RESUMEN</w:t>
       </w:r>
       <w:r w:rsidR="00F61BF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Os</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resumos</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(fonte</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Times</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>new</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roman,</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>espaço</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>simples,</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tamanho</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>parágrafo</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>único,</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>devem</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ter</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mínimo</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>máximo</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>palavras.</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>São</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acompanhados</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>três</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cinco</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>palavras-chave,</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>separadas</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ponto</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vírgula</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>com</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iniciais</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF">
+      <w:r w:rsidR="00497CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maiúsculas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0ADC62" w14:textId="53B6301E" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
+    <w:p w14:paraId="6375C0F8" w14:textId="308660B6" w:rsidR="00F61BF2" w:rsidRDefault="00903C59" w:rsidP="00996270">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>KEYWORDS</w:t>
+        <w:t>PALABRAS</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CLAVE</w:t>
       </w:r>
       <w:r w:rsidR="00F61BF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00065ADC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Primeira</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00065ADC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>palavra;</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004969BF" w:rsidRPr="00065ADC">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00497CF9" w:rsidRPr="00065ADC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Segunda</w:t>
       </w:r>
-      <w:r w:rsidR="007A66AD">
-[...1087 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497CF9" w:rsidRPr="00065ADC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>palavra;</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497CF9" w:rsidRPr="00065ADC">
@@ -4223,60 +4238,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>extensão</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(.doc</w:t>
+        <w:t>(.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00417D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>doc</w:t>
       </w:r>
       <w:r w:rsidR="00CE2A1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
@@ -7148,57 +7173,67 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>especificação</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00417D9C">
-[...5 lines deleted...]
-        <w:t>CRediT,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00417D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00417D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7948,58 +7983,60 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Especificação</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detalha</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
@@ -8307,66 +8344,76 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Title</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001060DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8397,154 +8444,168 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Resumen)</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001060DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Key</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palabras</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clave),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001060DC">
@@ -9140,66 +9201,76 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Title</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9230,154 +9301,168 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Resumen)</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Key</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palabras</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clave);</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
@@ -9893,66 +9978,76 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Title</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9983,154 +10078,168 @@
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Resumen)</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Key</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palabras</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clave),</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B3F7A">
@@ -17725,52 +17834,52 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REFERÊNCIAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD582A9" w14:textId="3EDA4913" w:rsidR="0031752B" w:rsidRDefault="00417D9C" w:rsidP="00CA777F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>referências</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
@@ -18133,51 +18242,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>um</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“enter”</w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00417D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00417D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00417D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>separando</w:t>
       </w:r>
       <w:r w:rsidR="007A66AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19153,362 +19280,820 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4661">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>References should be in alphabetical order at the end of the text, according to the BR 6023 rule (August 2002).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6D5FC3" w14:textId="7D5D8A51" w:rsidR="005E08E9" w:rsidRPr="009C4661" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4661">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Las referencias mencionadas deben ser presentadas en orden alfabética en el final del texto, según la norma NBR 6023 (ago 2002).</w:t>
+        <w:t>Las referencias mencionadas deben ser presentadas en orden alfabética en el final del texto, según la norma NBR 6023 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ago</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2002).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126BABFF" w14:textId="77777777" w:rsidR="00AF26F4" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Exemplos / Examples / Ejemplos</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Exemplos / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+        </w:rPr>
+        <w:t>Examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+        </w:rPr>
+        <w:t>Ejemplos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4DFF74DC" w14:textId="71AC8FC3" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Livro / Books / Libro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C32FE87" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>SISTO, Firmino Fernandes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Contexto e questões da avaliação psicológica.</w:t>
       </w:r>
       <w:r>
         <w:t> São Paulo: Casa do psicólogo, 2000. p. 97</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5B5C62" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Mais de três autores / More than three authors / Más de tres autores:</w:t>
+        <w:t xml:space="preserve">Mais de três autores / More </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Más de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>tres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autores:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF3DF2F" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>MENESES, João Gualberto de Carvalho. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfase"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Estrutura e funcionamento da educação básica: </w:t>
       </w:r>
       <w:r>
-        <w:t>leituras. São Paulo: Pioneira, 1998.</w:t>
+        <w:t>leituras. São P</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>aulo: Pioneira, 1998.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C60822" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Capítulo de livro / Book chapters / Capítulo de libro:</w:t>
+        <w:t xml:space="preserve">Capítulo de livro / Book </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>chapters</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Capítulo de libro:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5032D625" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>MANZANO, M. A.; DINIZ, R. E. S. A temática ambiental nas séries iniciais do Ensino Fundamental. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfase"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r>
         <w:t>: NARDI, R.; BASTOS, F.; DINIZ, R. E. S. Pesquisa em ensino de ciências: contribuições para a formação do professor. São Paulo: Escrituras, 2004. p. 153-172.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494E2275" w14:textId="47D752A0" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Artigo de periódico / Periodic articles / Artículo de periódico</w:t>
+        <w:t xml:space="preserve">Artigo de periódico / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Periodic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>articles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Artículo de periódico</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A89944D" w14:textId="407FEAE6" w:rsidR="00F27F1B" w:rsidRDefault="00F27F1B" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">NAZAR, Thaís Cristina Gutstei; DA ROSA, Karoline Squinsani; CALEGARI, Daniela Zorzetto; SAGGIORATO, </w:t>
+        <w:t xml:space="preserve">NAZAR, Thaís Cristina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Gutstei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; DA ROSA, Karoline </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Squinsani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; CALEGARI, Daniela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Zorzetto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; SAGGIORATO, </w:t>
       </w:r>
       <w:r w:rsidR="009801E4">
         <w:t>Luana</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009801E4">
         <w:t>Saúde mental no contexto educacional: um olhar para o profissional da gestão na rede pública</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EDUCERE - Revista da Educação da UNIPAR</w:t>
       </w:r>
       <w:r>
         <w:t>, v. 23, n. 4, p. 1548</w:t>
       </w:r>
       <w:r w:rsidR="009801E4">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>1567, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EBDB9C" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Monografia, Dissertação ou Tese / Monographs, Dissertations or Academic Theses / Monografía, Disertación o Tesis:</w:t>
+        <w:t xml:space="preserve">Monografia, Dissertação ou Tese / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Monographs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dissertations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Theses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Monografía</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Disertación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Tesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2054B9C7" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>PRANDI, Luiz Roberto. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Prática pedagógica do professore universitário: </w:t>
       </w:r>
       <w:r>
         <w:t>reflexões e saberes. 2000. Orientador: Geraldo Fogel: 2004. 218 f. Tese (Doutorado em Educação) – Universidade Federal de Pernambuco, Recife, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D67D36B" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Trabalho apresentado em evento / Articles presented in event / Trabajo presentado en evento</w:t>
+        <w:t xml:space="preserve">Trabalho apresentado em evento / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Articles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presentado en evento</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43269EB1" w14:textId="5285F707" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>FERRONATO, Beatriz Ana Zambon. Ideia dos pioneiros da educação nova: atualidade na educação contemporânea? </w:t>
+        <w:t xml:space="preserve">FERRONATO, Beatriz Ana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Zambon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Ideia dos pioneiros da educação nova: atualidade na educação contemporânea? </w:t>
       </w:r>
       <w:r w:rsidR="00E304FE" w:rsidRPr="00E304FE">
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t xml:space="preserve">EDUCERE - </w:t>
       </w:r>
       <w:r w:rsidRPr="00E304FE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Revista de Educação</w:t>
       </w:r>
       <w:r>
         <w:t>. Umuarama, v. 15 n. 2, p. 295-317, jul./dez. 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA2B8A7" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRPr="009C4661" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C4661">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Periódico on-line / Online Periodics / Periódico on-line</w:t>
+        <w:t>Periódico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on-line / Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Periodics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Periódico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4661">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on-line</w:t>
       </w:r>
       <w:r w:rsidRPr="009C4661">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C92BC07" w14:textId="28ED667C" w:rsidR="005E08E9" w:rsidRDefault="00863795" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00863795">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">BORGES LARSEN, Kelly Cristiny; STEIN, Nedina Roseli Martins. </w:t>
+        <w:t xml:space="preserve">BORGES LARSEN, Kelly </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cristiny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; STEIN, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nedina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roseli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00863795">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Martins. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">O MAPEAMENTO DAS ESCOLAS ESTADUAIS DE CAMPO GRANDE/MS DE 1922 A 1979. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EDUCERE - Revista da Educação da UNIPAR</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[S. l.]</w:t>
       </w:r>
       <w:r>
         <w:t>, v. 24, n. 2, p. 188</w:t>
       </w:r>
       <w:r w:rsidR="00BF2BDE">
         <w:t>-</w:t>
       </w:r>
       <w:r>
-        <w:t>209, 2024. DOI: 10.25110/educere.v24i2.2024-10915. Disponível em: https://revistas.unipar.br/index.php/educere/article/view/10915. Acesso em: 7 ago. 2024.</w:t>
+        <w:t>209, 2024. DOI: 10.25110/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>educere.v</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>24i2.2024-10915. Disponível em: https://revistas.unipar.br/index.php/educere/article/view/10915. Acesso em: 7 ago. 2024.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54443ED2" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Documento jurídico/ Juridical acts / Documento jurídico</w:t>
+        <w:t xml:space="preserve">Documento jurídico/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Juridical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>acts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Documento jurídico</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592AD5E1" w14:textId="77777777" w:rsidR="005E08E9" w:rsidRDefault="005E08E9" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>BRASIL. Ministério da Educação. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Propostas</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -19528,61 +20113,63 @@
       <w:r>
         <w:t>PARANÁ. Lei complementar, no 103 de 15 de março de 2004. Institui e dispõe sobre o plano de carreira do professor da rede estadual de Educação Básica do Paraná. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Diário Oficial [do] Estado do Paraná</w:t>
       </w:r>
       <w:r>
         <w:t>, Curitiba, n. 6687, 15 mar. 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="163D2A40" w14:textId="3B68EC86" w:rsidR="00863795" w:rsidRDefault="00863795" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4346A80C" w14:textId="77777777" w:rsidR="00AF26F4" w:rsidRDefault="00AF26F4" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19C9FF79" w14:textId="7DDD75A8" w:rsidR="00C617FE" w:rsidRPr="008745D0" w:rsidRDefault="00C617FE" w:rsidP="00CA777F">
+    <w:p w14:paraId="19C9FF79" w14:textId="7DDD75A8" w:rsidR="00C617FE" w:rsidRPr="00A35DA1" w:rsidRDefault="00C617FE" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35DA1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>CONTRIBUIÇÃO DE AUTORIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7300D192" w14:textId="779487E1" w:rsidR="00C617FE" w:rsidRPr="008745D0" w:rsidRDefault="00C617FE" w:rsidP="00CA777F">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008745D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="008745D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19690,364 +20277,462 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008745D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C617FE" w:rsidRPr="008745D0">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27118E10" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD">
+    <w:p w14:paraId="36B27AD1" w14:textId="77777777" w:rsidR="00165AA4" w:rsidRDefault="00165AA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="424A3728" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD">
+    <w:p w14:paraId="4410C248" w14:textId="77777777" w:rsidR="00165AA4" w:rsidRDefault="00165AA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Gill Sans MT">
+    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
-    <w:panose1 w:val="00000000000000000000"/>
-[...1 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:panose1 w:val="020B0500000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="30000287" w:usb1="2BDF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="002E0107" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9072" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6887"/>
       <w:gridCol w:w="1413"/>
       <w:gridCol w:w="772"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007A66AD" w:rsidRPr="0034442D" w14:paraId="43ABE425" w14:textId="77777777" w:rsidTr="00B22549">
+    <w:tr w:rsidR="00F346BC" w:rsidRPr="00E7154A" w14:paraId="02ED790D" w14:textId="77777777" w:rsidTr="000004F9">
       <w:trPr>
         <w:trHeight w:val="567"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="6914" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="6887" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="63DFC786" w14:textId="717DFA5A" w:rsidR="007A66AD" w:rsidRPr="0034442D" w:rsidRDefault="0034442D" w:rsidP="003A4E08">
+        <w:p w14:paraId="241B716D" w14:textId="1D294FE6" w:rsidR="00F346BC" w:rsidRPr="00F22D3D" w:rsidRDefault="00F346BC" w:rsidP="00F346BC">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
-            <w:r w:rsidR="007A66AD" w:rsidRPr="0034442D">
+            <w:r w:rsidRPr="00F22D3D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
               </w:rPr>
               <w:t>Educere – Revista da Educação da UNIPAR</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="007A66AD" w:rsidRPr="0034442D">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>, Umuarama, v. xx, n. x, p. xxxx-xxxx, 2024</w:t>
+            <w:t xml:space="preserve">, Umuarama, v. </w:t>
           </w:r>
-          <w:r w:rsidR="007A66AD" w:rsidRPr="0034442D">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XX</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F22D3D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, n. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F22D3D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, p. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XXX</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F22D3D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XXX</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F22D3D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>, 2</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>026</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00F22D3D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1418" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="1413" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="1AF65A0B" w14:textId="1033F12B" w:rsidR="007A66AD" w:rsidRPr="007C2A0F" w:rsidRDefault="007C2A0F" w:rsidP="00996270">
+        <w:p w14:paraId="4BDB20DD" w14:textId="77777777" w:rsidR="00F346BC" w:rsidRPr="00F22D3D" w:rsidRDefault="00F346BC" w:rsidP="00F346BC">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:ind w:left="-104"/>
-            <w:jc w:val="right"/>
+            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
-            <w:r w:rsidR="007A66AD" w:rsidRPr="007C2A0F">
+            <w:r w:rsidRPr="00F22D3D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
               </w:rPr>
               <w:t>ISSN 1982-1123</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="774" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:vAlign w:val="center"/>
+          <w:tcW w:w="772" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="77E913DC" w14:textId="0264B801" w:rsidR="007A66AD" w:rsidRPr="0034442D" w:rsidRDefault="007A66AD" w:rsidP="00996270">
+        <w:p w14:paraId="308895F4" w14:textId="77777777" w:rsidR="00F346BC" w:rsidRPr="00F22D3D" w:rsidRDefault="00F346BC" w:rsidP="00F346BC">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
-              <w:sz w:val="28"/>
+              <w:noProof/>
+              <w:color w:val="992222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="0034442D">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
-              <w:szCs w:val="28"/>
+              <w:color w:val="992222"/>
+              <w:sz w:val="24"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="0034442D">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
-              <w:szCs w:val="28"/>
+              <w:color w:val="992222"/>
+              <w:sz w:val="24"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
-          <w:r w:rsidRPr="0034442D">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
-              <w:szCs w:val="28"/>
+              <w:color w:val="992222"/>
+              <w:sz w:val="24"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="002053C4">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
-              <w:noProof/>
-              <w:szCs w:val="28"/>
+              <w:color w:val="992222"/>
+              <w:sz w:val="24"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="0034442D">
+          <w:r w:rsidRPr="00F22D3D">
             <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
-              <w:szCs w:val="28"/>
+              <w:color w:val="992222"/>
+              <w:sz w:val="24"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="76713B44" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD" w:rsidP="001B17A3">
+  <w:p w14:paraId="76713B44" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD" w:rsidP="00F346BC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
-      <w:ind w:firstLine="708"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="174827D7" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD">
+    <w:p w14:paraId="1292B6C6" w14:textId="77777777" w:rsidR="00165AA4" w:rsidRDefault="00165AA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C325381" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRDefault="007A66AD">
+    <w:p w14:paraId="74B95E79" w14:textId="77777777" w:rsidR="00165AA4" w:rsidRDefault="00165AA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7413F7EA" w14:textId="4F749024" w:rsidR="007A66AD" w:rsidRPr="00404443" w:rsidRDefault="007A66AD" w:rsidP="005775A5">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404443">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -20056,324 +20741,378 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E156CE" w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Graduação mais alta; </w:t>
       </w:r>
       <w:r w:rsidR="005775A5" w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Instituição</w:t>
       </w:r>
       <w:r w:rsidR="00E156CE" w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">; E-mail; Orcid: </w:t>
+        <w:t xml:space="preserve">; E-mail; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E156CE" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E156CE" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3D1AC5C4" w14:textId="7746DFDF" w:rsidR="007A66AD" w:rsidRPr="00404443" w:rsidRDefault="007A66AD" w:rsidP="00F61BF2">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404443">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00404443" w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Graduação mais alta; Instituição; E-mail; Orcid:</w:t>
+        <w:t xml:space="preserve">Graduação mais alta; Instituição; E-mail; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00404443" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00404443" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="4721D07C" w14:textId="580B51C7" w:rsidR="007A66AD" w:rsidRPr="003A4E08" w:rsidRDefault="007A66AD" w:rsidP="00F61BF2">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404443">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00404443" w:rsidRPr="00404443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Graduação mais alta; Instituição; E-mail; Orcid:</w:t>
+        <w:t xml:space="preserve">Graduação mais alta; Instituição; E-mail; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00404443" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00404443" w:rsidRPr="00404443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="79492BAB" w14:textId="77777777" w:rsidR="007A66AD" w:rsidRPr="004F18E0" w:rsidRDefault="007A66AD" w:rsidP="00417D9C">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="29B5536E" w14:textId="4BA3CE9B" w:rsidR="007A66AD" w:rsidRDefault="00604134">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0BF747F2" w14:textId="77777777" w:rsidR="00F346BC" w:rsidRDefault="00F346BC" w:rsidP="00F346BC">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="pt-BR"/>
-[...62 lines deleted...]
-        <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44F0BD3C" wp14:editId="0CCDA5F4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="288FD3C6" wp14:editId="30BC29FF">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
-                <wp:posOffset>-81915</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-1166495</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="page">
-                <wp:posOffset>548005</wp:posOffset>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-208915</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7344410" cy="9684385"/>
-              <wp:effectExtent l="0" t="0" r="27940" b="12065"/>
+              <wp:extent cx="7380000" cy="10188000"/>
+              <wp:effectExtent l="0" t="0" r="11430" b="22860"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Retângulo 40"/>
+              <wp:docPr id="1528190131" name="Agrupar 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                    <wps:spPr>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7343640" cy="9683640"/>
+                        <a:ext cx="7380000" cy="10188000"/>
+                        <a:chOff x="0" y="0"/>
+                        <a:chExt cx="7343140" cy="10183977"/>
                       </a:xfrm>
-                      <a:custGeom>
-[...51 lines deleted...]
-                  </wps:wsp>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="1425100730" name="Retângulo 40"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="277977"/>
+                          <a:ext cx="7343140" cy="9906000"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7364730" h="9550150">
+                              <a:moveTo>
+                                <a:pt x="7364730" y="514472"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="7364730" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7650"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5113296" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="992222"/>
+                          </a:solidFill>
+                          <a:round/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor"/>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1503554757" name="Gráfico 2"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="5852160" y="0"/>
+                          <a:ext cx="1486535" cy="525145"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="6E18CF2C" id="Retângulo 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6.45pt;margin-top:43.15pt;width:578.3pt;height:762.55pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="7364730,9550150" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrHn4RYwIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjua31sybFgO4sE6aZo&#10;gyQ9AE1RlgCKJEjasq/Tq/RiHY4+dlqkiyBaUENy5s2bedKsb0+tJEdhXaPVhiazmBKhuC4btd/Q&#10;ny8PX24ocZ6pkkmtxIaehaO328+f1p0pRKprLUthCYAoV3RmQ2vvTRFFjteiZW6mjVBwWWnbMg9b&#10;u49KyzpAb2WUxnEeddqWxmounIPT+/6SbhG/qgT3P6rKCU/khgI3j6vFdRfWaLtmxd4yUzd8oMHe&#10;waJljYKkE9Q984wcbPMPVNtwq52u/IzrNtJV1XCBNUA1SfxXNc81MwJrgeY4M7XJfRws/358tKQp&#10;QTtKFGtBoifhf/9S+4PUZIEN6owrwO/ZPFpoV9g5MEO1p8q24Q11kBM29Tw1VZw84XC4nC/mOQAR&#10;Dner/AY3gBNdwvnB+a9CIxQ7fnO+V6UcLVaPFj+p0bSgbVBVoqqeElDVUgKq7npVDfMhLvALJukC&#10;l3yxnAOXGqhkWZxkMarW6qN40ejpQyGTH1DOksVimQZIYHxxlOqtgBG4jxj9xrfBBEAhdGOg8JGe&#10;yxxq+h9gliTzdJUjgdeeUF9oFBY6NQ8Or+VR+qGREvBZIVVYnZZNGc5wY/e7O2nJkYEwq1UKz8Dl&#10;lZvVB1WOHCHd5ZNCy5+l6BM8iQq+TRAkRZlwKogpAeNcKJ/0VzUrRZ83i+EZ04Y5EiKwKKkAMCBX&#10;wHfCHgBGzx5kxO5ZDv4hVOBQmYL77+cNYn3wFIGZtfJTcNsobZHpVd3B3OnyjD8btgZ+faQ/jKkw&#10;W6732MDLMN3+AQAA//8DAFBLAwQUAAYACAAAACEA1sVbkuAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPy07DMBBF90j8gzVI7FrngUIJcSpAVGJBpVD4ACcekoh4HMVOG/h6pivY3dEc3TlTbBc7&#10;iCNOvnekIF5HIJAaZ3pqFXy871YbED5oMnpwhAq+0cO2vLwodG7cid7weAit4BLyuVbQhTDmUvqm&#10;Q6v92o1IvPt0k9WBx6mVZtInLreDTKIok1b3xBc6PeJTh83XYbYKXr3En+q5Tny1e2xemtTMcbVX&#10;6vpqebgHEXAJfzCc9VkdSnaq3UzGi0HBKk7uGFWwyVIQZyC+SW9B1JwyziDLQv5/ovwFAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAax5+EWMCAACUBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1sVbkuAAAAAMAQAADwAAAAAAAAAAAAAAAAC9BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" path="m7364730,514472r,9035678l,9550150r,l,7650,5113296,e" filled="f" strokecolor="#922" strokeweight="2pt">
-[...2 lines deleted...]
-            </v:shape>
+            <v:group w14:anchorId="1E60AC70" id="Agrupar 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:-91.85pt;margin-top:-16.45pt;width:581.1pt;height:802.2pt;z-index:251659264;mso-width-relative:margin;mso-height-relative:margin" coordsize="73431,101839" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBw+fABzAMAAE4JAAAOAAAAZHJzL2Uyb0RvYy54bWy0VmuO2zYQ/l8gdyD0&#10;P6uXZdnC2kGQbRYFgnaRxwFoipKISCRB0q/jtFfJxTocSrJ3N9sWKWLAEinN85uZj7p9cxp6cuDG&#10;CiU3UXqTRIRLpmoh20305fP716uIWEdlTXsl+SY6cxu92b765faoK56pTvU1NwSMSFsd9SbqnNNV&#10;HFvW8YHaG6W5hJeNMgN1sDVtXBt6BOtDH2dJsoyPytTaKMathad34WW0RftNw5n7o2ksd6TfRBCb&#10;w6vB685f4+0trVpDdSfYGAb9gSgGKiQ4nU3dUUfJ3ohnpgbBjLKqcTdMDbFqGsE45gDZpMmTbO6N&#10;2mvMpa2OrZ5hAmif4PTDZtnvhwdDRA21K7JVuk7SPI2IpAPU6m1r9poaknuUjrqtQPje6E/6wYwP&#10;2rDziZ8aM/g7pEROiO95xpefHGHwsMxXCfwiwuBdmqQrvw0lYB3U6Zki636dVRd5urhSzddl6VXj&#10;yXXsI5wDOmroJ3uBzP4/yD51VHOshPUoTJAtsiJNkjKHuAJkH7n79pds970iECyihAozZrayAN+L&#10;gGVlOeZFqwtqV6mv18lyBG3OnFZsb909V1gAevhgHXiGXqynFe2mFTvJaWlgOPxY9DgWLiIwFiYi&#10;MBa7UBNNndfzpvySHH0FlwtMt9tE66JI0iLBth/UgX9WKOl8FWc5KHSRLhZlNtbqItjLlxQmw6G6&#10;k9x01+gAEAfTP0OyXEJO/+S6SNM8Wy8xgMeSUBEPFDblDB48vC6PVO9F32N9eukBs6oXtX+GG9Pu&#10;3vWGHCgUZr3O4DfG8kgMeEHWU4zgznd76CtcuXPPvbVefuQNDDcUJMMyIa3y2QFljEuXhlcdrXnw&#10;W+CQBvOzBiaFBr3lBuKdbY8GPGU/tx3MjPJelSMrz8qhf2Y3IYIpsKA8a6BnJd2sPAipDAJ0lbdf&#10;7lR9RpZCaIAItrdasAr+I4nC6hkj/PthA1pub3g0Ghn+k42Bmq97/Rr4HnpC7EQv3BnPLsDdByUP&#10;D4J5TvCbK3IpkrwoFmVRTuRyb779CeeFItgTk3TQhc4T7INiXy2R6l1HZcvfWg0TDkSLAD0Wj/32&#10;keNdL/TUhX49pgic8OSo+Q5K4Ri7U2w/QD+Fc9nwHrJV0nZCW+CWig87DseM+a0O/QL0FpgIBsQ7&#10;9MW1znDHYICmDmOeyUBgfoGBX2L1abxAqMWqyNJl4InxkJkYNV2slkVehHOoAA5fFOOUTaeYNoFQ&#10;iV9A0AAkTslErn7SRxGI7xIFLmGLM4mHNoY/fmD4r4LrPUpdPoO2fwMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxB&#10;zD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvl&#10;e/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFt&#10;jzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOahRivjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAM&#10;hu+DvYPRYLfWcUOWNItTStl2KoO1g7GbG6tJaGyH2E3St5922m4S+vj1/cVmNh0bcfCtsxLEMgKG&#10;tnK6tbWEz+PrIgPmg7Jadc6ihBt62JT3d4XKtZvsB46HUDMKsT5XEpoQ+pxzXzVolF+6Hi3dzm4w&#10;KtA61FwPaqJw0/FVFD1xo1pLHxrV467B6nK4Gglvk5q2sXgZ95fz7vZ9TN6/9gKlfHyYt8/AAs7h&#10;D4ZffVKHkpxO7mq1Z52EhcjilFia4tUaGCHrNEuAnYhNUpEALwv+v0X5AwAA//8DAFBLAwQKAAAA&#10;AAAAACEAyi4tlcksAADJLAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhE&#10;UgAAAlgAAADUCAYAAABAi11WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAA&#10;HYcAAB2HAY/l8WUAACxeSURBVHhe7Z1BqCTLmtcP2FX3zZsH93bV7bnvntOHvqCCKOhdzG4U78LF&#10;DKNDC7pRwX6CohtpmMFZOMLduphpRFTQRQsuZuX0YgRx1YsRRN7iLFQGlMfpqn5vnk+ERmcxC8Ur&#10;X2XGqcgvIjIjIiMrMqt+P/hD96nMyMyIyO/7V0Rk1tX96smX+9X21W61eRupN7vV5sXVAPd/aPvV&#10;ZOWut689+4f0Zr/ePtflLB2pK8+1onxJP3nd9K3HX4ukr91/9PEXuu4BAAAGaRPLN6kaMkP71fZe&#10;7xOjvoR2f/XxJ1OUuzTEMOrrQ9PqcJ+stq/EdOn2AAAAcNCJJEGvdVmGw6iYu32UZORAl2doR6+c&#10;fWI0ZAiXhCR6fX3otIodcQUAgAtFJ44EYbAqgcGamWRka/XkS91OAABwwTjJIl4YrEpgsOaqzd05&#10;9TMAABiBmySihcGqBAZr7trcneODFQAAkICbHKKFwaoEBmsZknVa5/RwBQAAJKCTQoIwWJXAYC1L&#10;59T3AAAgEp0MEoTBqgQGa4na3MlrRnRbAgDAmeImgmhhsCqBwVqsPvC0IQDAheBJArHCYFUCg7Vo&#10;YbIAAC4BTwKIFQarEhis5Ys3wgMAnDk68CcIg1UJDNZ56Jz6JAAAKHTQTxAGqxIYrPPRbr15qdsX&#10;AADOAB3wE4TBqsQ4gyUvwUQdZf6AeCn19XkAAFgoOtgnCINViTEGi1cF9CMvBm372XPpi40Jc+ux&#10;tM6pfwIAAAZrkWCwTovUmUzl7Vabt7o+S4qF7wAAZ4QO8gnCYFUCg1WPtm+/1vVaSB/4aR0AgDPB&#10;E+RjhcGqBAarPpMZrdX2Xh8LAAAWiBPg44XBqgQGaz4c+nrhRfI8WQgAcAbo4J4gDFYlMFjzo/Ro&#10;Fm97BwBYODqwJwiDVQkM1jyRPqbrO1eyoF6XDwAAC0IH9gRhsCoxlcGSBdaHsmXKC+Vpvf2g6zxX&#10;59RnAQAuDh3UE4TBqsRUBqt575O7D6okFrwDACwXJ6jHC4NViekM1rTveUJZeq7bCQAAFoAnoMcK&#10;g1UJDNYlaXOn2wkAABaAG9CjhcGqBAbrssQThQAAC0QH8wRhsCqBwbo4Be81AACYKZ5gHqtg0Mdg&#10;TQsG6/LET+gAACwMHcgThMGqBAbr8tR3XwAAwAzRgTxBGKxKYLAuUh90ewEAwIzxBPJYYbAqgcG6&#10;TPW1HQAAzAwdxBOEwaoEBusydU59GADg7NFBPEEYrEpgsC5WwXsOAABmhieIxyoY7DFY04LBulix&#10;DgsAYCl4gnisMFiVwGBdrnhdAwDAQtABPEEYrErM0WDtVps3KE7yI866/mK1W29e6nYDAIAZogN4&#10;gjBYlZihwWLqKgH5AWdPHUap7/4AAIAZoQN4gjBYlcBgLRtpA08dRklGwHR5AAAwQ3QATxAGqxIY&#10;rOUjdeapx0FhsAAAFoIO4AnCYFUCg7V8sut6tb3XZQEAwAxxAni8MFiVwGAtH+oaAODM8QTwWGGw&#10;KoHBWj5y/3jqMUq6LAAAmCE6eCcIg1UJDNbyGdOGuiwAAJghOngnCINViTHJuYbBkpdjtmVnLexG&#10;Xen6BQCAGaKDd4IwWJVYmsGSNvXsg/LUW9cAADATPAE8VhisSizNYO3XmzvPPihPTl2//6nN02+u&#10;rh7pvwMAQEU8ATxWGKxKYLAuWJ7XNMi9eE79GwDgLHACeLwwWJXAYF2yNndu/coTiZvv678DAEBF&#10;3AAeLQxWJTBYFy3nvtutN/9kt97+v/v141/QnwEAQCU8ATxWTqA3YLCmBYN1wVptXzn1u9r+I/ls&#10;t9r+Y/0ZAABUwgng8cJgVQKDddF67tZv89LS3Xrz+/dXz76lPwcAgAp4AnisMFiVwGBdruSdYrp+&#10;d6vtb5nPf7je/GX9OQAAVEAH8ARhsCqBwbpYffC13369/fcP23imEAEAoAKeIB4rDFYlMFiXqd1q&#10;80bXrbBbbf7rwzbr7X98yzuxAADqo4N4gjBYlcBgXaZ898bvfeuTZ7v15n93tnv06Z/R2wEAwInR&#10;QTxBGKxKYLAuU771V+/Xn/6i3m73aPt39HYAAHBidHBOEAarEhisS5T7glHh/Xr7q862q+1v6O0A&#10;AODEOME5XhisSlyQwfpwuNbz0L3n+uIVWLy+X2/+ld52t9r8tt4OAABOjA7OCcJgVeKQsD3XGKNF&#10;GSzP7+4tEZnaO5hFfX0JkntKlyt463a1+V29HQAAnBgnOMcLg1UJDNayGFGvB4WeHvzR1Xc+1dsa&#10;9bUzAACcAB2YE4TBqgQGazns1puXznWly3l7u/Bu/emf92zb6KMnf0RvDwAAJ8QJzPHCYFUCg7UM&#10;2vtg1NRgaHG7IL896G7f6tGnf1ZvDwAAJ8QJzPHCYFUCgzV/ypir8P3w/qc2T2Wtld7e6Ifr7V/Q&#10;+wAAwAnRgTlBGKxKYLDmTSlzJdcfaq/9avM9Z3tL71fbv6b3AQCAE6IDc4IwWJXAYM2XQ98f+0qG&#10;Vn19dr/a/LbePnZfAAA4ATowJwiDVQkM1jxp++f4kaueJweF96tP/uR+tfmJ3sfWu9Wnf1PvBwAA&#10;J0QH5gRhsCqBwZof7dOCRcyVlBN675WwX29/2bOP0uYv6v0AAOCEuIE5WhisSmCw5oPU55j28Knv&#10;HhBi6nP36PGf7u7jf9UDAABMhA7MCcJgVWJMQsdglePQHwuttzpqc9ffRp/+LXcfV+/Wmz/e3W/z&#10;5pzuAQCA2aMDc4IwWJXAYNXlMGq13r52zne8PsjP6ujjGe6//eS7sW30g5/+mc/sfZv9wu/UAgCA&#10;wujAnCAMViUwWHU4/KZgU/el1lrZkjJ7p/Hex78V/sPbq6tH9r6mbfsMHAAAFMQTnGOFwaoEBuu0&#10;TGysDpJF8vq4NvdXz761X21+rPfzylNvVhsE71sAACiIE5zjFQzUGKxpwWBNj9RT098O5z6ZsTpo&#10;tX2lj6/ZrTd/39kvoN1685t6f2utWG9bnYKbm5uvbm4+//rp0+tXQ5LtRM+ePQv221JcX19/eXt7&#10;89IcM0Y55yX7PH36+XM5VnOdN6+7Mtd985Xed0rkvI7tos/JVXP9n0WPiDbl33yVUsdST7qcIezj&#10;xF5Lrsx53t5ev5BjptTHlNjXf3t78yYkcx1y/rqMU1GrreR+1+dSHB2cE4TBqgQGaxoeTNXEo1Ud&#10;rbav+tpEkLVXKefzbr39FV2GWoyfnLRK0ZiL6w+3tzffpEiCry6rNE+f3tzr4w4p9bxa45hy/Xcn&#10;SQRXV1eS5DzH75Vciy4nRGsqnTKGlHL9rUkW8+CUcypJnTTtnG4OxyL3V+71y3mn1PVYxpxrKTVt&#10;1RjMnC9Lg+jgnCAMViUwWGUwhkr63ElGqrQiRq5+cvXkO/v19l86+/bpo8c/r8tRBit4706NBDId&#10;5CIVfPFqCdrErI8Zo+jzyjUYkgROMTLSJBr3+EOKHWnLT6bxoyu3t9dv3f3rSszWJMnbQ34dP5zr&#10;SfqakNvfplTTVgWv3wnO8QoGaQzWtGCw8mh/xubV4TqLv14hTX393Ob9evuret9erTb//SfffvJd&#10;XY4yj73tNSWXbLDGJf/rt7q80uQmvLkYrBFteBKljnamkmvgtaY+T0FMTOJI7klVzBQ7ATpeGKxK&#10;YLDyyD6PsvoQ2xd36+0v7VfbvaeMsFbbf6fLaV8r0dmu1tOEl22wnH1T1fsgxFiWbrBG9K2TSaah&#10;p5qGy69ffY7x0765tOuunGPPSVIPsX07iA68CcJgVQKDlceY/lNEzahZ1LqM9+tP/6iYJaeMAb1f&#10;bf6hLst33UNPLU7FiCQYbWRymNpgyTd2z75Jmnr6ZvkGK30NWUUVvf9y1zaGFVfnuSyprWRhvD7/&#10;aHTgTRAGqxIYrHzG9KExkrrtq3vN+/X2X+gyYrT7aPPndFnt7ySq8wnfZ1NyqQZrRPlK000VLt1g&#10;tU/Mefafq+KuK4YJDEtUv86leZrPOeZsJfeGvoYodOBNUPCAGKxpwWCNY0w/ytCH1NEinyGK0mrz&#10;u7osQX4mR28rf9PbnYJLNVglp0SmejoNg3V6lWrL/LoNq8gapABLM1iN4vphBx14E4TBqgQGazxj&#10;+lKsDqNWiWud3q83f3e/3v4vXVaM3q23f0+XJwQW9Pe22VRgsMZrqqlCDFYdjV2T1b7uwCl3vOLq&#10;PYdlGqz4vv6AJ/DGCoNVCQxWGcb0pz4djNXqSXLQ3D3a/u39evM/dHlRWm3f7VaP/4Qu07fA3aiv&#10;L0wFBquYoo6bAgarjsYuKp9getCoeB8zLNVgJbeVDroJwmBVAoNVjjF9SivXWAn71eZ7u9X2h7rM&#10;eG3+qS5TkEX17raNcs91DBiscio1vWTAYNVU3DX6yK/XfjUjpdNMEy7VYImSFr3roJsgDFYlMFhl&#10;GdOv2vdLvR5jVt6ttn91v9r8wFN2tN6vP/1FXa7gW39lJNett58aDFY5lU6AGKx6Sh4ZaSn/9KBW&#10;XN2nsmSDlTRFr4NugjBYlcBglSexb8m7rKSunvfVZwxSxm69+X3PMaIl56LLFdrpweDb6TFYR5Zo&#10;sFpFHT+GyzVYhxfAyrlFSra/fpvz00r9irtOmwmnB42K9S+bEQbrzm2PIZVvq+hRLB10E4TBqgQG&#10;axraN717F4RL3UjflD7YV4ex/Ojq82/v15t/sMtc0G60W2//Z2j0qm968LBvhXsCg1VepaYKL9hg&#10;RZXvo11g/rJQAo/qSzb5dRqn0qOkhhEGK+mJbE37o9KjR/yiRxx10E0QBqsSGKxpOYwqrTYvDmZq&#10;xNRfiN1HT/6wrJlyrjdHq+2v6/INfdODohr3BAarvKKD/QAYrHHk1p9RajtOPz1oVKZ+bGoZLKEx&#10;xWN+tqpR1DShDroJwmBVAoO1XH706PHPDRmfeG3u3q8++VP6GMLQ9KCoxj2BwZpG2S9CtMg1CBis&#10;I7l1aBRbl0Le9GDW/RfVx1OoabAMY9sq6lx00E1Q8IbGYE0LBmuZyFvW96vNj53rzJS81kEfwyD3&#10;kd7eoyJTSylkBnhR8SBvs3SDJUpJzj5yE07scS/BYDWjSvnThdFrezLq04yQpY7eTDFNOAeDJYxp&#10;q6gvNZ6gG6tg4RisacFgLYv7bz/57m69+U3n+kZp8/1vrq4e6WMJh9Er/1qyjljkfuQcDJYkC33c&#10;FDBYZRhhHuKSdv704KGv5p3fbOqoqMEaEY9Ew/e+DroJCnYEDNa0YLCWwe7q48f79faX9+vtf3au&#10;bYR2q+1/2X/0+Of18QzS1/U+Pk2xvmyIEQFtOJiN4BwMlkhMhj52LBisMmSaH6Oo/pQ7PSj7Zr75&#10;Peq8YpmLwRJGjGLd6bIcdNBNEAarEhis+bNbb3+p3Fqrjj7sV5u/oY9nE1vfqT/jUwIM1vTK/ekV&#10;DFY52tcJeI41pLgf886pS3tRdqqpKD1NOCeDlTplahT1UIIOugnCYFUCgzVfdo+2PyvTgbv19v84&#10;11NA79abX9PHtIkdvRLpfU8BBmt65U4VYrDKkVuXMaMimSNknXLzzq9cPc3JYOX2GwxWp1wMlgiD&#10;VZ4PVx9/sltt/vputf2t3Xr7f53rKKbNP5P3Z+njG2KeHLTKGgzkU4DBOpmSE1Fe0sVg+citS22E&#10;fORMD+qpY3l3mt4mQlF9PYY5Gazcc4n6IuMG3mhhsCqBwZoHP7l68p3devNyt9r8N+fci2tzJ8fT&#10;52AT+eSgUfD+nRIM1umUOlWYawowWC4jrnVwijCnbP0y2px1WFEjNpHkmpopDFZuv48xwxisBYLB&#10;qs/91bNv7dfb33HOeRJtvi9PIupzsGnvjcjRq/77bEowWKfUcLK2yU00GCyX1DVORkNPEeZMD4bW&#10;T+WdY5m6mpPByl2DFXV/6cCboGBHwGBNCwZrHqQYmhH6naGRKyGj7U7+DiwBg5WmvCTYUXRCwmCV&#10;IWd0yFJve5Wc2susL29ZqczFYI15b5medvXiCbyxwmBVAoM1Dw4LyiPeN5Wr3Xrzz2Oe9JNpSr3v&#10;kGLKnQIMVppa05O85ua4v4xeRPykBwarGCPMgzOVp8mpw9DLS3PMWqlpwhF1VNRgjbm3ovqNDrwJ&#10;wmBVAoM1HyYzWavtq9+7+u4TfTxN6tRgozoL3IWcoN4qysjkMmeDJfvnP/YvipjKwGAVQcxs6hSe&#10;rT4znDM9OFRmTnkl6msOBiu3Po2i1ji6wTdaGKxKYLDmxbv15i+Vey3D5g/erbe/oo/hI/aN7Vp9&#10;99jUYLDSZAyWJEn9WYqGRkYEDNY42qnBzGs8qLcvZd47vV+mMtu89zxjqG2w2qnBnGs36q3XB3Tw&#10;TRAGqxIYrPlRYiRLXkz6fv34F3TZPqQdc19kWmt6UMhMEqLRQb2PuRuspozspBQ1VZibcDBYTfvm&#10;ruUxCk3lGXLqb2idUM6UfYlpwhF9ebTBau/FESPCw231gA6+CcJgVQKDNU+yTdZqu9+vN7/245/+&#10;7Gd0mSESX8lgqd70oIDBSpN+qmxkYug9VwxWPDIC0rTp9Yv843bVZ4Bzp7OGRi7zF+Sn15nNKQ2W&#10;XGNzfzdtlVOPWrF9HoO1QDBY8yVjuvA/3K+3f0yX00fOonajvvvrFGCw0qQN1pRThRisI62hOSRj&#10;n9wyxmlopCnnvmlGLd3XM2gyR96i+n2Ikgbr1G2VdO06ACcIg1UJDNa8iRrJWm3+zX61+d4Prh5/&#10;rPfvY4y5knaqOT0o5CSK5KCWwVIMlpBvJPqTLgbryAgDkKy+NjFk1l1U38ypNzlnXU4KI+rXMVjj&#10;ngRMk1x31OJ2gycIx8q58Q0YrGnBYM2fkMnarbb/er/a/hV5UaneZ4jWXCU+MdhR8J49FRisNPkM&#10;lpA56mDkPWcMll1WXl1kyjENNrnTg7HrhPLvSbfeYilpsPLbPV2xdfqAJwjHynvjCxisacFgLQOZ&#10;+tuttv92t97+J1mQLv1XbxPLwbCNM1ffyH2pyz01+cHcbwpKsTSDlVvesVx3qjDXVJyjwRrRH5Ik&#10;dT40epV7z/St6bLJX4cV1/d9lDRYY6fNE3Q31FYOOggnyHvjCxisacFgXRYFRq4OTyjqcmuQmyzG&#10;BPMYRiTUqPPKNUQhgyXkGwr/FA8Gq0t+ebG6fhuTsDPrLelhlpyHJ3x9KJaSBksYEVdilW6uBB2I&#10;ExS88TFY04LBugza91xlt7WtMaNnJRkRCKOMTC5LNFjtu3yypwp12Rgsl/zfqRtUVMLOnR7UbTtE&#10;vuEJ110f+cfzGywhv38N6i52NNBBB+IEBRsQgzUtY5IuBmsZjHnPlaPVtvcJpVOCwUrTUKLMLdfI&#10;NkcYLJdcg9OvuJErIfd+8U0B95E7TTjUP0NMYbDGfuHwK76tvDjBOF7BisVgTQsG67w53D+eBfJZ&#10;Wm3v+9r81OQmjFgjk8tSDZaQa4za8h/usdxyztlgCbltp9UYtf5jaXLrLGfEJcdI5k4TTmGwhFLr&#10;sdq66D1WFE5AjlfwxsdgTQsG6zyxpgRHrbeyNbd+j8FKU4zBGvvN3byDCYMVJr/sRjGL2TUjRs+S&#10;1l8Zcts/pv40UxksYUSMeVDqCGAQHZATFLzxMVjTgsE6P5p7JrOeAprLwnabXKMR+4PFuSzZYAm5&#10;5RvJ9ecm2EswWELqeiwxR2Ikkt6bZJFrFJJfJdAi9aDLilFsH7WZ0mAJ+X2tkT2yOwodlBMUrFQM&#10;1rRgsM6LEk8JelT9paI+RhiZrG/lsYw4r1kYLGFMUmlGwNIMhNGlGKyhkcJ2CvCtMVWpI1aa/Po6&#10;rXKmCac2WENtFamoe7sXT2COVfDGx2BNCwbrfBATNIW52q+3ZYa4CzNiMe2kfeEcDFahpJKsSzFY&#10;BtleRpfkukUlzJRmxPRgJaXV4dQGSyizHivtuhw8wTlWwRsfgzUtGKzz4bDuSl/3SMmImD7OXMg3&#10;WOnfklM4B4Ml5E4rjdGlGaxTUKMdxyi1n57CYAkl6jF3iveADs4JClYoBmtaMFjnxZh+7WhGr2QI&#10;oQNYrEqPEtici8ES8o1MnjBY5cmvqzpK/QJ0KoMljK3LUaPnToCOV/DGx2BNCwbr/BjTty297mvf&#10;uZA79THqm+QA52SwTj29hMEqy6nbr5zi6/GUBqvQ1HnUfe7gCdKxCt74GKxpwWCdJ2P691LMlTAi&#10;2CUH11jOyWAJJaZGYoXBKssp266kUvrqKQ2WUG09lidQxypYmRisacFgnS+ZfXwx5krIfR3AlK9q&#10;ODeDJeQbmjRhsMqSX091lTJNeGqDJZQwrsmj6J5gHavgjY/BmhYM1nmT1M9X21d9bTpHRgTXrDdU&#10;x3COBiv3gYJUYbDKsdzpQaO4uhwRA7INlpDfBxslr8dyAna8gjc+BmtaMFjnT0Rf/zDnpwX7GPlN&#10;MsrQpHKOBksYWddRwmCV4xTtNaVi+2stg3Xy9ViewB2rYEVisKYFg3UZ9PT32b7nKoaxIyvFfsbC&#10;4lwNlpD7AtFYYbDKkV9H81DsNGEtgyWcdD2WJ3jHKnjjY7CmBYN1Oeg+L200xze0pzL2W2Rpk3XO&#10;BmusoR0SBqsMy58eNBquz5oGSygxUhi1HstJavEK3vgYrGnBYF0e0n/lvuprvyWRnwyPyv3NNR/n&#10;bLAESUy67FLCYJUhN+k3v3nYvFW+pHK/BMX02doGS8jvj42i1mM5SS1ewUrEYE0LBguWTplh+kaS&#10;WCUh6GOkcO4GS5Dfc9Tll1Bs3ecntDgDtHSDlV8/cX0wldz6jJkmnIPBOsl6LCepxSt442OwpgWD&#10;BefAiITSo+u3Ykoa0/X5120gl9Gbg+TvjeRVEYe1SXcjp2X6A2zLHAxWSVNrC4M1njHTg6Wnyw25&#10;I2qN+ut0DgZLKHNP9Fyrk9TiFbzxMVjTgsGCcyDXdMxMizFYwojEFhQGazxjzMxUry4ZZ/r6++2I&#10;fljUYAlj6t4ouB7LSWrxClYgBmtaMFhwLhQYoq+tRRksofRUIQZrPCPqZrKX7wq5LwUemiack8ES&#10;8uu/UXA9lpPU4hW88TFY04LBgnMh13jMRZLU9TX5yL3OKQxWmWmRozBY4xgzUlTyQQ8fUjf6mPEK&#10;1+vcDNZk67GcpBav4I2PwZoWDBacE+OCeF3FJrg5GSwh34y4wmCNY8wU1VTTg4Yxr/jo67tzM1hC&#10;mS8eqi85SS1ewcrDYE0LBgvOjdypiNqKXWA8N4MllJoqxGCNI79ebu50WVOQO7LTN004R4MljDG7&#10;Rp31WE5Si1fwxsdgTQsGC86Rqd84XlqSQOQbvr4OH3M0WCNeTdFR7ChKvpGIM0BLNFhjpgdjp6fH&#10;MsIMBet2RJmTGiwhv5826qzHcpJavII3PgZrWjBYcK7kJ8nTKyXBzdFgCSXqW5cZIj9x+ZO0Jv9a&#10;4sqfgjEjJrEjh2OZYppwzgar6HosJ6nFy1txAgZrWjBYcM7IyEqBADep5PxiR26EuRosYeRUobuw&#10;NwAGyyW3Tvqm36Yg934MneecDZZQYj3WYfmAk9TiFbzxMVjTgsGCS0CCcO70ycS6SzFXwpwN1phk&#10;kjKKkmsmYg3QEg1Wbv9OGT0tQX7dtkZDMXeDJbRT6CO+fFy/xWAtEAwWXBISoOewCL75zbfPv041&#10;V0LuWptTJdJm1DD+/Jpt04xJ7tOivgTtI3e6Lbb80uROvUndB19sORHj1uu5/SS/PLesKWnbKOuL&#10;weHedZJavDBYlcBgwaUiybD59nv4SZysaYtYtYZDvsFKgH0Zu6A9hIz2tCMBUt6gZNscMzcGU7+t&#10;oXXOqa37Fznn1Sarl6GytdrtkkYsUsoXNYZ5XLuOof0JJ+e8Qsqpk1Ic7z33vEKS8w31FelHKfdD&#10;zbYSQ9h3X2g9nKuT1OKFwaoEBgvgSDP9dv1CgpqRBMJjMJSnE20dA2GzXfP7hE2yk3JuvpKAWiuY&#10;A8CZIMnRSWxxwmBVAoMFAAAwcySJOYktThisSmCwAAAAZk528sNgVQODBQAAMHNGJFUMViUwWAAA&#10;ADNnRLLGYFViRJthsAAAAE7Bfr197iS2OGGwKoHBAgAAmDmScJ3EFicMViUwWAAAAAsg80lCDFYl&#10;MFgAAAALIDNhY7AqkdleB2GwAAAATkTmOiwMViUwWAAAAAshY5oQg1UJDBYAAMBCEGPjJLh+YbAq&#10;gcECAABYCBlPE2KwKoHBAgAAWBBimpwkFxYGqxIYLFgqz5599sXt7c1Lkf7M5tmzZ5+Y7eTf9mc3&#10;NzdfNX//7Av77xrZ7ubm86+fPv38uf336+vrL/U5mG2Hzstwe3v9wle2YMqXz0Oyt5cy9OdG8tnQ&#10;dZq6evr0+tXt7fXb29ubN0+f3rxuyrj5yt0+3AambvV5yN+HzsOHKc93LE2pY6fWf4i+cpq/u3Xr&#10;49i+/dtLO/b1haYeuvdCCNMnZL+huutu219+bJkp7S7IccPtb+r8upPDzT07dC6mTn33qnCMEzev&#10;5d5pjjXcvn39w6izw2EUK34t1tIM1tuDMTkH5RoWDBZURoLk7e3NN6K+YN4Gr8N2dqCz/96UEQ6u&#10;bcD8RkyH/fc28B/2P/7NPq9wmUKbkNpzOwbR9u9v7PPz6enT64f7RV9PSGKeHk7AQpKGlKe370pf&#10;v78N7OsKqTlWN9GFkGuzzy2U4ISYepCy+srIqf8+4sq6ue87J/nM3r6vb+ltQwr1BZvWJJjte6/X&#10;vh9ub2/u9Oc2VnsGjZNcY7dP9veX+Ha7ecgHdn+RY/XVq1X2G/vvscfVRit2P2+9J5iYRRks1AiD&#10;BTUJJXdNyGC133KtQNY1DzYpBitkmnzY+9uB3U5qkqjaIOxIzuu4T+d67poRKFudoK0SxDGRtcbn&#10;rSRfM5JlfdZJyKE26JqcZiSskXMeTpk+VH04529T4tg59d+HObap2552+UbOX+8vtMccPHfBbpeI&#10;vhA0OIKYke72YZPT9JfobQcNVkq7C+r4Ue3mMaPBY1ht0NlGm1D5XP7WxI1j22vzlnO+HZpREk/C&#10;68q/MwZr1sJgQU1CyV0Tb7AkCPpHEFIMlmC2937ztLACdufbvklqfUlUY1/P8HV0E7ldl6F9m2ml&#10;boIItUF3VMAtr/1cEkpb9+FELByT/NEchNo81N7q895j59R/H9Z5e5N3t/6PoysGudajyX04t2Df&#10;ssvzGbbmS4Bdl/5RG49ZDV6DoA2Wz1QYYgyWZe4e2itUnmC2GfpiY+MxWN4+K4QMlt0/7b/b+Ppi&#10;kX4WkRQxWAsUBgtqEkrumlDC7RqSfkOUbrCOQTuUEEIjXbL98bz8gd5HjMGyE7Wd2Mw38ND1hwi1&#10;wZDBMtjf7vVnBrsslfAdYySE2ltjkrY+dm7995FqTnR/Nv3JGBa7PuztDEMGS+j2P389WSMzMgLo&#10;bWsb6xrujubBP/ri64c24XYf3j6l3boGy/RH1+QKIYNl9k8xdsX6WcRThd4GEDBY8xUGC2oSE/CF&#10;UMK1DYls0/dtMtVghYyMTWh6MDfwxhgswVynnQxiRrB8hNogNtmpUURvPVlJ/jDKF2oLQ6i9Nfa5&#10;22Ytt/77iDFY9vno89aJfci8pBqs0HXafcXePtRWtsHS95dn2977I9zu/rVdse2usQ2WHQd856Xb&#10;wWC1R3SeKdrPBgyNt5MIGKz5CoMFNQkld00o8NoJoFmDFB51CiX1kMEShkbFQkk3N/DGGKxQXTSG&#10;8LjWRhKlrgMfoTaINViCz/DZ6M+7x3TPMXSNPkySLzGC2EeorW3s6duu4banB5vzMUamp28NGqy+&#10;/h76/HgdfnNrGyz5vzEkPuMxZLCmbHcbfZ3mOL7pzZDBsuNAu+bNO7pqU7yf9ZgaDNYChcGCmoSS&#10;uyYUeLXBkr8d13p0E0iewXITlMEOrjrBdAOvJBm9QNno5o1dbnc06PqF1MlRn30hn/d901bf3s3x&#10;X+tztwm1QYrB6jMfenRB/jY0khJqbx/W2p6HY+fWfx991yhIOUfD4e9jdsK3r9GXzPVomO4LUq/H&#10;to4zS8KQydH7dNuqe559Bstud9OGKe3emhxPm5l2O/ZV333q6xft370GS9Drz9oynPM0pPWzcHzr&#10;cDBM7usbMFgLFAYLahJK7ppQwvUZrG7QOxqDHIMlhKYbfEnToMxXr+zRia7B6tP12776Ut/GH/bx&#10;jYSE2iDFYB1H+lzTZyW0zrTQcf2Uu0+ovX20CaxTfm7992GOI+cridiWfHYcobr+oM/ZOsfQtJST&#10;P+12GZA3ecvf9AiS+bu1r2MetMES7PV9XWMTNljHfbrte6xHd+ROGaxeDRks+16y26PPYAnNOTy0&#10;14N8yw5S+pmOEb00a7I6idLpIIb7jz7+wkmWkcJgTSsMFtQklNw1oYTrM1iCb2ov32D5p3JCSVOw&#10;A68kmma0wZUZmTD7xRosX7D3IdemR7T0KESoDVIM1jFpdeu2SfIPxkO9HsK/fk0ItbcP37Fz678P&#10;X9LVkmvVdaXPxf4s1LeEGIPV1K07+iXYpkPXYd8oqM9gNX93zWCfwTpur9s9PILWbff+drP3s6/V&#10;LtP0Dfs6hwyWQc7FnvI1dWL3F922+jxD5xvNbrV5I8mv1wgNL5APqrdcDNZoYbCgJnZg7BtJCCXc&#10;kMHyfXvPNVj2sc0x7MCqE2rM5yH0t265DqO2rkxycJJ1H02gPxot+5wKGSwzGtX5om23ry6jbyQl&#10;1N4+fIk8t/776BvBkraQc/aZtT4jadePNkraiBz7gllreDR8vmv0mQuDtfjcc04hg+XeqyGDFdvu&#10;ug+ntLuNfTwdB8zfzTnGGiwbZbS8I6X6OoshRqcvUQtOsowUBmta9bUbBgumxg6oJQ2WoBNUrsES&#10;LHNigrQ1Pegm1dzAqw2W/lywDEXvfaaxTaedXMYarKbc4CjVgyFsjy1GzFb7WfdaQu2tsY89h0Xu&#10;PtTIl77+hzrQ5er+a39mCI1E2fUScVxljvwGS7Das30q0G+wpm53TchgCaYem3v10C+SDZbgM6VT&#10;9LMsJOk6CTNCGKxphcGCmnS/YfqnOoRQ4O0zWIIVzA9vUm6Pk2GwulM5Q0Havq6UwBtjsGISbwjf&#10;qMZYg2UnHvucPUm+V/a1hNpb03ds8/e+c08hx2DZ1xEju/5j2tkyQ51tuiNj/dImp89g6Xr1GaxT&#10;tLumz2AJJg60MaD33g1hmykTq2ZjsHKTNQZrWmGwoDahb+E2ocA7ZLC6QdGYrXSDZScWOZfjiI0/&#10;qPqmJmKIMVi5ZQs+kzDGYMk5WslULeC21wCF16ccj3Ec/Qq1t03fscfUUQhf3Q1hG0A5D33tIr2N&#10;2TfOYPmnGI9GulkT5pM9ytQ1Z2GDJZjzbcp2DZZ9TnHtfpxWjv3CpbHL89WVfV/ZX7r0dn10r6vp&#10;k1P0sywif27HEQZrWmGwoDZ2IpHg55sqDCXcIYMluAtV0w2WYE2vtd+G/dODBts4yjXK+YVk9okx&#10;WIJvqq9JjNdvzXoge3s5hj3aYU+nxRgsqSNzro3BlCR5WH/U8+TcMcnH1dNxJKV77GPdHY9987rv&#10;2EJO/feRY7DsPqM/M3RHfI59M8ZgCcd6aIyKGkEKnmt3NOpobocMVlP+w3U99A/zebfd+87bbffu&#10;35sfztZt5Wu3IYMl2IZS143s0xrGV7ovyfU2Zv54vnZ/Lt3Pstivt8+dhBkhDNa0wmDBHLDXZRi1&#10;gevh5zqOAdT/1F0ogLkJIddgdd+Ro9cbaeygPyRzTfEGy54aava1kqp1jocF2erv3Vc8RBqsoJrE&#10;5C5kjknygm+aK/bYTf/wj67l1H8fqQarOwI41FfcF5TGG6zuE7N2fw7VjcFncoYMluDWrZkyi2/3&#10;0HmqEb1emX1iDJZtKFtZo7i+15qYvn28f3x93a2LsOz9ipL7JOFUBmu32ryQc7p06Tq1wWDBKQkF&#10;OaM20HWG4WMMlmC2kzL0k0vmuPqbtMZOHk05YQNkaJOkYx71dZkEHxqp09jXbQK+HlXSMteuzUQ3&#10;OenPnJGKh7LEcMjxfPUeSp4+7MRnjIhK1D3H7jdGqfXfhzFY+knJEHYd9LWlYLen6eMxpkHQRix2&#10;5FCwzYwZ9YwxWIJt7Mz12eec0+6Gtu4G281sH1tXZjsdB9pzeakeSFCS0WF/O6ae7yR4Xk46qCkN&#10;li4PumCwoAYSIJshebNG5eYrCf6hZCF/D32mCW2XWkbstjZmP59829l/8xHav/nsOJ02VH9CqBxB&#10;n2toO03KtoJve31c/XkKupycMqfc3nc++v8h9Hb6/334tvX9LYTeLmVfYWh787lPvu3sv4UY2s6O&#10;QUP3jkafY+h8i7Nbb146SXNAGKx6YLAAAAAWgExJOUlzQBisemCwAAAAFoL8pI6TOHuEwaoHBgsA&#10;AGAhpP4uIQarHhgsAACABWF+vzBGGKx6YLAAAAAWRMparKkMliR5MXoorNyfN8JgAQAAVCL2xaPT&#10;GSw0oTBYAAAAtWhHSdxEagmDtUhhsAAAAGpxmCocePkoBmuRwmABAADUZOipQgzWIoXBAgAAqI08&#10;0eck01YYrEUKgwUAADAHQmYJg7VIYbAAAADmwv3qyZf61QAYrEUKgwUAADAnmndkHRNwr8FqDJmb&#10;iFFtYbAAAADmiHmLuIxS6c8MKS8sRScVBgsAAGCuyAiV/psNBmu2wmABAAAsGScJozkIgwUAALBk&#10;spM1mlIYLAAAgCWzX21fOYkYVZX8BJJuJxsMFgAAwMyJ/dHoHslrIVAhycMJQ2vnMFgAAAAzZ+xC&#10;dzEEukyYFgwWAADAAhj6wegh9b1rC8qDwQIAAFgAu/XmpZOM0/VclwvTgMECAABYAGOnCY3EqOmy&#10;oTwYLAAAgIWwX29fOwk5R6vtK102lAWDBQAAsBDuP/r4CychZ2tzt1ttXuhjQBkwWAAAAAui2CiW&#10;rdX2lfweohg4fTzIA4MFAACwIMqOYgW02t7Lqx1Qvtp3Zrl1OyQMFgAAQB0KPVGI5igMFgAAQD2y&#10;p6DQvIXBAgAAqEc7VZg3DYXmKwwWAABAXWRhupOg0bKFwQIAAKgPJuvMhMECAACYB/I+KydRo2UK&#10;gwUAADAfGMk6E2GwAAAA5sX96smXLHxfuDBYAAAA86P9Uejyb3tHpxEGCwAAYL6067IYzVqaMFgA&#10;AADzh7e+L0wYLAAAgOVwMFqr7b2T0NG8hMECAABYHvK04W71+Gt+amemWm1f6TYDAACAhbFfb5+3&#10;04ivd6vNm91q81bUGDB0SonxlZ9A0m0EAACwBP4/kZSHj7NwjHAAAAAASUVORK5CYIJQSwECLQAU&#10;AAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBw+fABzAMAAE4JAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAADIGAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAOahRivjAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAAJQcAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQDKLi2VySwAAMksAAAUAAAAAAAA&#10;AAAAAAAAADUIAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLBQYAAAAABgAGAHwBAAAwNQAAAAA=&#10;">
+              <v:shape id="Retângulo 40" o:spid="_x0000_s1027" style="position:absolute;top:2779;width:73431;height:99060;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="7364730,9550150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBI5LizywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUjcqJ2UP4W6FSAq9QBSaPsAi70kEfE6it028PTsAYnj7s7OzLdYTaFXRxpTF9lCMTOg&#10;iF30HTcW9rv11T2olJE99pHJwjclWC3PzxZY+Xjidzpuc6PEhFOFFtqch0rr5FoKmGZxIJbbZxwD&#10;ZhnHRvsRT2Ieel0ac6sDdiwJLQ703JL72h6Chdek6ad++ShTvX5yGzf3h6J+s/byYnp8AJVpyv/i&#10;v++Nl/rX5U1hzN1cKIRJFqCXvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBI5LizywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" path="m7364730,514472r,9035678l,9550150r,l,7650,5113296,e" filled="f" strokecolor="#922" strokeweight="2pt">
+                <v:path arrowok="t"/>
+              </v:shape>
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Gráfico 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:58521;width:14865;height:5251;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9HLTwyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlCt7sRmusxm5LVSr1orQVvA7ZMUmbnQ3ZsVnf3hUEj/P9z3wZXatO1IfGs4HLSQaKuPS2&#10;4crA+359cQsqCLLF1jMZ+KYAy8XobI6F9QNv6bSTSqUQDgUaqEW6QutQ1uQwTHxHnLhP3zuUdPaV&#10;tj0OKdy1+irLbrTDhlNDjR091lQed1/OgH3bHwa9kqft6/O0XL9E+XiId8acj+PqHpRQlH/xn3tj&#10;0/w8m+b59Syfwe9PCQC9+AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9HLTwyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:imagedata r:id="rId3" o:title=""/>
+              </v:shape>
+            </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1089" type="#_x0000_t75" style="width:13.8pt;height:13.25pt;visibility:visible" o:bullet="t">
+      <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:13.8pt;height:13.25pt;visibility:visible" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="000B505E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7D63A4C"/>
     <w:lvl w:ilvl="0" w:tplc="C26AE994">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="748" w:hanging="499"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans MT" w:hint="default"/>
         <w:color w:val="202024"/>
         <w:w w:val="114"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
       </w:rPr>
     </w:lvl>
@@ -23370,85 +24109,91 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="140"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00185189"/>
     <w:rsid w:val="00051ADA"/>
     <w:rsid w:val="00065ADC"/>
     <w:rsid w:val="000B3F7A"/>
     <w:rsid w:val="000D69B2"/>
     <w:rsid w:val="001060DC"/>
     <w:rsid w:val="00121F8D"/>
     <w:rsid w:val="00137A26"/>
+    <w:rsid w:val="00165AA4"/>
     <w:rsid w:val="00185189"/>
     <w:rsid w:val="001B17A3"/>
     <w:rsid w:val="001C4A11"/>
     <w:rsid w:val="001D6301"/>
     <w:rsid w:val="002053C4"/>
     <w:rsid w:val="00275C5A"/>
     <w:rsid w:val="0029741F"/>
     <w:rsid w:val="002D44C2"/>
     <w:rsid w:val="002E2922"/>
     <w:rsid w:val="0031752B"/>
     <w:rsid w:val="00335413"/>
     <w:rsid w:val="00341D2B"/>
     <w:rsid w:val="0034442D"/>
     <w:rsid w:val="00351B66"/>
     <w:rsid w:val="00372F13"/>
     <w:rsid w:val="003A3849"/>
     <w:rsid w:val="003A4E08"/>
     <w:rsid w:val="003B6002"/>
     <w:rsid w:val="003E4696"/>
     <w:rsid w:val="003F0145"/>
     <w:rsid w:val="00404443"/>
     <w:rsid w:val="00417D9C"/>
     <w:rsid w:val="00467413"/>
     <w:rsid w:val="004969BF"/>
     <w:rsid w:val="00497CF9"/>
@@ -23466,176 +24211,179 @@
     <w:rsid w:val="006932B0"/>
     <w:rsid w:val="0071024C"/>
     <w:rsid w:val="00726FFF"/>
     <w:rsid w:val="007437D6"/>
     <w:rsid w:val="0076025E"/>
     <w:rsid w:val="007A605C"/>
     <w:rsid w:val="007A66AD"/>
     <w:rsid w:val="007C2855"/>
     <w:rsid w:val="007C2A0F"/>
     <w:rsid w:val="007D5C40"/>
     <w:rsid w:val="00863795"/>
     <w:rsid w:val="008745D0"/>
     <w:rsid w:val="00877125"/>
     <w:rsid w:val="008E546B"/>
     <w:rsid w:val="00903C59"/>
     <w:rsid w:val="009127A1"/>
     <w:rsid w:val="00947D4F"/>
     <w:rsid w:val="009801E4"/>
     <w:rsid w:val="00990DAF"/>
     <w:rsid w:val="00996270"/>
     <w:rsid w:val="009C1F90"/>
     <w:rsid w:val="009C4661"/>
     <w:rsid w:val="009C514D"/>
     <w:rsid w:val="009D4E71"/>
     <w:rsid w:val="00A04B61"/>
+    <w:rsid w:val="00A35DA1"/>
     <w:rsid w:val="00A4085D"/>
     <w:rsid w:val="00A41FE1"/>
     <w:rsid w:val="00A52181"/>
     <w:rsid w:val="00A75CCE"/>
     <w:rsid w:val="00A863D8"/>
     <w:rsid w:val="00AA17D3"/>
     <w:rsid w:val="00AA2256"/>
     <w:rsid w:val="00AC3547"/>
     <w:rsid w:val="00AD6021"/>
     <w:rsid w:val="00AF26F4"/>
     <w:rsid w:val="00B13AB1"/>
     <w:rsid w:val="00B22549"/>
     <w:rsid w:val="00B25262"/>
     <w:rsid w:val="00B80961"/>
     <w:rsid w:val="00BF2BDE"/>
     <w:rsid w:val="00BF4741"/>
     <w:rsid w:val="00C018B5"/>
     <w:rsid w:val="00C379CF"/>
     <w:rsid w:val="00C60D54"/>
     <w:rsid w:val="00C617FE"/>
     <w:rsid w:val="00C868A6"/>
     <w:rsid w:val="00CA491F"/>
     <w:rsid w:val="00CA777F"/>
     <w:rsid w:val="00CD4522"/>
     <w:rsid w:val="00CE2A1A"/>
     <w:rsid w:val="00CF1F62"/>
     <w:rsid w:val="00CF42C2"/>
     <w:rsid w:val="00D07C7A"/>
     <w:rsid w:val="00D103DA"/>
     <w:rsid w:val="00D51D4F"/>
     <w:rsid w:val="00DC519B"/>
     <w:rsid w:val="00DD49C9"/>
     <w:rsid w:val="00E156CE"/>
     <w:rsid w:val="00E24220"/>
     <w:rsid w:val="00E27865"/>
     <w:rsid w:val="00E304FE"/>
     <w:rsid w:val="00E66812"/>
     <w:rsid w:val="00EB3939"/>
     <w:rsid w:val="00EF233F"/>
     <w:rsid w:val="00F27F1B"/>
+    <w:rsid w:val="00F346BC"/>
     <w:rsid w:val="00F61BF2"/>
+    <w:rsid w:val="00F86355"/>
     <w:rsid w:val="00F91D20"/>
     <w:rsid w:val="00FA0165"/>
     <w:rsid w:val="00FC28BF"/>
     <w:rsid w:val="00FD42E2"/>
     <w:rsid w:val="00FF1476"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D3C410D"/>
   <w15:docId w15:val="{6ABB0BC6-5DDA-4B78-AC7D-FA38A6C1B4AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23664,98 +24412,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -23930,50 +24675,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F61BF2"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003A3849"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -24196,50 +24945,51 @@
     <w:name w:val="Header and Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C455BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00C455BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrameContents">
     <w:name w:val="Frame Contents"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Char"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodenotaderodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AD6021"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24275,52 +25025,52 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rsid w:val="00AA17D3"/>
     <w:pPr>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="160"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A04B61"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
+    <w:name w:val="Menção Pendente1"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A04B61"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003A3849"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
@@ -24853,98 +25603,98 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Pr-formataoHTMLChar">
     <w:name w:val="Pré-formatação HTML Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Pr-formataoHTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003A3849"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="003A3849"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="freebirdanalyticsviewquestiontitle">
     <w:name w:val="freebirdanalyticsviewquestiontitle"/>
     <w:rsid w:val="003A3849"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente10">
     <w:name w:val="Menção Pendente1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A3849"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HiperlinkVisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A3849"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Forte">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="003A3849"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfase">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="005E08E9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="292713392">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1042100198">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24969,51 +25719,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.issn.org/resource/ISSN/1982-1123" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unipar.br/index.php/educere" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unipar.br/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -25268,83 +26018,86 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1667</Words>
   <Characters>9005</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>10651</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
     <vt:bool>false</vt:bool>