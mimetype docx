--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -1,2032 +1,2669 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="1D93C532" w14:textId="77777777" w:rsidR="004D334A" w:rsidRDefault="002973E0" w:rsidP="002973E0">
+    <w:p w14:paraId="5F637058" w14:textId="3D4F79D5" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002973E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>TÍTULO PORTUGUÊS (TIMES 14)</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">TÍTULO DO ARTIGO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NEW ROMAN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4900D61F" w14:textId="77777777" w:rsidR="00CC632F" w:rsidRPr="00E322A0" w:rsidRDefault="00CC632F" w:rsidP="002973E0">
+    <w:p w14:paraId="220D868D" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40233DA0" w14:textId="77777777" w:rsidR="007F54C2" w:rsidRPr="000C7B5D" w:rsidRDefault="007F54C2" w:rsidP="002973E0">
+    <w:p w14:paraId="1D6BD5B5" w14:textId="3CF1C942" w:rsidR="007F54C2" w:rsidRPr="00C11059" w:rsidRDefault="007F54C2" w:rsidP="002973E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C7B5D">
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Recebido em: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        <w:t>Recebido</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t>em:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C7B5D">
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000C7B5D">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aceito em: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF24A1C" w14:textId="48DF6350" w:rsidR="007F54C2" w:rsidRPr="00C11059" w:rsidRDefault="007F54C2" w:rsidP="002973E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E71BD9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t>Aceito</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C731D" w:rsidRPr="00E71BD9">
+        </w:rPr>
+        <w:t>em:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C7B5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000F71CE">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>DOI: 10.25110/</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F71CE">
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>arqsaude.v</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C2D9F" w:rsidRPr="00E71BD9">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0611E759" w14:textId="6DAB03A9" w:rsidR="006E6FE6" w:rsidRPr="00C11059" w:rsidRDefault="006E6FE6" w:rsidP="002973E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C2D9F" w:rsidRPr="00E71BD9">
+      </w:pPr>
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000F71CE">
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...34 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00C11059">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>10.25110/arqsaude.v</w:t>
+        </w:r>
+        <w:r w:rsidR="006378FF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>xx</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C11059">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidR="006378FF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>x</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C11059">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>.202</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA0699">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="00EF21FB" w:rsidRPr="00C11059">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA0699">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>XXXX</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A1DEE87" w14:textId="77777777" w:rsidR="00BD7DD4" w:rsidRPr="004D334A" w:rsidRDefault="00BD7DD4" w:rsidP="002973E0">
+    <w:p w14:paraId="22C41683" w14:textId="6F472BA5" w:rsidR="006C0B14" w:rsidRPr="006C0B14" w:rsidRDefault="006C0B14" w:rsidP="006C0B14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C0B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07969A24" wp14:editId="14821532">
-[...3 lines deleted...]
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A950A97" wp14:editId="3A8A8618">
+            <wp:extent cx="838200" cy="295275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="93210720" name="Gráfico 3">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
             </wp:docPr>
-            <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="by[1].png"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="283190935" name="Gráfico 2">
+                      <a:hlinkClick r:id="rId9"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
-                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="720255" cy="252000"/>
+                      <a:ext cx="838200" cy="295275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79548A81" w14:textId="77777777" w:rsidR="006E6FE6" w:rsidRDefault="006E6FE6" w:rsidP="007F29F5">
+    <w:p w14:paraId="497138B9" w14:textId="77777777" w:rsidR="005741AA" w:rsidRPr="00C11059" w:rsidRDefault="005741AA" w:rsidP="006C0B14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D458D1" w14:textId="3336937D" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00130E5A" w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B52726C" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="00FD606F" w:rsidRDefault="009F5100" w:rsidP="007F29F5">
+    <w:p w14:paraId="427E0E1C" w14:textId="6E4F6815" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
-      <w:r w:rsidR="007F29F5" w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD606F">
+      <w:r w:rsidR="00130E5A" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="1"/>
+        <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FC60F0" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="00FD606F" w:rsidRDefault="009F5100" w:rsidP="007F29F5">
+    <w:p w14:paraId="1A344A86" w14:textId="24291118" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
-      <w:r w:rsidR="007F29F5" w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD606F">
+      <w:r w:rsidR="00130E5A" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411FD0DF" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="00FD606F" w:rsidRDefault="009F5100" w:rsidP="007F29F5">
+    <w:p w14:paraId="09D8BD9A" w14:textId="4285E8A5" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
-      <w:r w:rsidR="007F29F5" w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD606F">
+      <w:r w:rsidR="00130E5A" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79213EE0" w14:textId="77777777" w:rsidR="00E71BD9" w:rsidRPr="00FD606F" w:rsidRDefault="00E71BD9" w:rsidP="00E71BD9">
+    <w:p w14:paraId="4D8ECAFD" w14:textId="3895F5C8" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autor </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00130E5A" w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7600CD" w14:textId="77777777" w:rsidR="00E71BD9" w:rsidRPr="00FD606F" w:rsidRDefault="00E71BD9" w:rsidP="00E71BD9">
+    <w:p w14:paraId="0A6F8FFA" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD606F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="0081F1EF" w14:textId="6C02C4F5" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autor </w:t>
-[...109 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>RESUMO:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>RESUMO</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142B19C5" w14:textId="6F961FCC" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: Times 12</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PALAVRAS-CHAVE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148F4F11" w14:textId="77777777" w:rsidR="009F5100" w:rsidRDefault="007F29F5" w:rsidP="002973E0">
+    <w:p w14:paraId="74CF7109" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="58D8F1FA" w14:textId="77777777" w:rsidR="007F29F5" w:rsidRPr="007F29F5" w:rsidRDefault="007F29F5" w:rsidP="002973E0">
-[...10 lines deleted...]
-    <w:p w14:paraId="15C7E382" w14:textId="77777777" w:rsidR="009F5100" w:rsidRDefault="009F5100" w:rsidP="002973E0">
+    <w:p w14:paraId="4132FC46" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F29F5">
+      <w:r w:rsidRPr="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>TÍTULO INGLÊS (TIMES 14)</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>TÍTULO EM I</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...76 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">NGLÊS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007F29F5">
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>TÍTULO ESPANHOL</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002119A4">
+        <w:t xml:space="preserve"> NEW ROMAN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002119A4" w:rsidRPr="007F29F5">
+        <w:t xml:space="preserve"> 14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E122B36" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="006378FF" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(TIMES 14)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="059089CD" w14:textId="77777777" w:rsidR="007F29F5" w:rsidRPr="007F29F5" w:rsidRDefault="007F29F5" w:rsidP="002973E0">
+    <w:p w14:paraId="7187EFE5" w14:textId="5C04DD93" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ABSTRACT:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F41224E" w14:textId="41B52991" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KEYWORDS:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4478C5E5" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070AC48B" w14:textId="6D7D6C53" w:rsidR="006378FF" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="552222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006378FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TÍTULO EM </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESPANHOL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(TIMES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NEW ROMAN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002973E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="15033359" w14:textId="77777777" w:rsidR="009F5100" w:rsidRDefault="007F29F5" w:rsidP="002973E0">
+    <w:p w14:paraId="478DA961" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="006378FF" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="552222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E24CA1F" w14:textId="7FB1A010" w:rsidR="00130E5A" w:rsidRPr="00C11059" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>RESUMEN:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00C11059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675B0560" w14:textId="5C568603" w:rsidR="00130E5A" w:rsidRPr="00F5429E" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5429E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>PALABRAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00F5429E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5429E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CLAVE:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00F5429E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA2F3D6" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00F5429E" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F2CA2C" w14:textId="77777777" w:rsidR="00130E5A" w:rsidRPr="00F5429E" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274974C2" w14:textId="7F0BF23B" w:rsidR="006378FF" w:rsidRPr="006378FF" w:rsidRDefault="00130E5A" w:rsidP="006378FF">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006378FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTRODUÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="006378FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>(TIMES 12 EM TODO O TEXTO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D5A7D0" w14:textId="77777777" w:rsidR="009F5100" w:rsidRDefault="007F29F5" w:rsidP="002973E0">
-[...71 lines deleted...]
-    <w:p w14:paraId="2E3516FA" w14:textId="77777777" w:rsidR="009F5100" w:rsidRDefault="009F5100" w:rsidP="008C731D">
+    <w:p w14:paraId="4810F185" w14:textId="77777777" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título secundário</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BF44EB" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="00B71D7C" w:rsidRDefault="009F5100" w:rsidP="00B71D7C">
+    <w:p w14:paraId="4D0E5A40" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00B71D7C" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B71D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título secundário</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C3CBE1" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="00B71D7C">
+    <w:p w14:paraId="068011D9" w14:textId="13F7173F" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53714EC7" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="00B71D7C">
+    <w:p w14:paraId="0943758D" w14:textId="77777777" w:rsidR="00772C6A" w:rsidRDefault="00772C6A" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CE8128B" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="00B71D7C">
+    <w:p w14:paraId="7A39732B" w14:textId="77777777" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B71D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REFERÊNCIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1C27B4" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="00B71D7C">
+    <w:p w14:paraId="7E83F0BF" w14:textId="7C015565" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="092BE9A1" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="00B71D7C">
+    <w:p w14:paraId="5A360637" w14:textId="77777777" w:rsidR="00772C6A" w:rsidRDefault="00772C6A" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74AE72AB" w14:textId="50979C6B" w:rsidR="00B71D7C" w:rsidRDefault="00B71D7C" w:rsidP="000C2D9F">
+    <w:p w14:paraId="26B7C387" w14:textId="22204E4A" w:rsidR="006378FF" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CONTRIBUIÇÃO DE AUTORIA</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">CONTRIBUIÇÃO DE AUTORIA (De acordo com a Taxonomia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12169235" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00C11059" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6691D77D" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D768325" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253FD90D" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A168D8" w14:textId="77777777" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CDE7FB" w14:textId="65995601" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor:</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6371F844" w14:textId="77777777" w:rsidR="00B71D7C" w:rsidRPr="00FD606F" w:rsidRDefault="00B71D7C" w:rsidP="000C2D9F">
-[...66 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidSect="0051748A">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CDF1E6D" w14:textId="77777777" w:rsidR="00605C58" w:rsidRDefault="00605C58">
+    <w:p w14:paraId="10B06B12" w14:textId="77777777" w:rsidR="007D5BBB" w:rsidRDefault="007D5BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F0666DF" w14:textId="77777777" w:rsidR="00605C58" w:rsidRDefault="00605C58">
+    <w:p w14:paraId="667AA590" w14:textId="77777777" w:rsidR="007D5BBB" w:rsidRDefault="007D5BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="020B0500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="30000287" w:usb1="2BDF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="002E0107" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion">
     <w:altName w:val="Minion"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9072" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6887"/>
       <w:gridCol w:w="1413"/>
       <w:gridCol w:w="772"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00EF7444" w:rsidRPr="00E7154A" w14:paraId="6A388641" w14:textId="77777777" w:rsidTr="00042AB8">
+    <w:tr w:rsidR="006F29EB" w:rsidRPr="00E7154A" w14:paraId="3A10CCC4" w14:textId="77777777" w:rsidTr="00FC330D">
       <w:trPr>
         <w:trHeight w:val="567"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6914" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:vAlign w:val="center"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="7BC05282" w14:textId="77777777" w:rsidR="00EF7444" w:rsidRPr="005F7DCA" w:rsidRDefault="00CA1B60" w:rsidP="00042AB8">
+        <w:p w14:paraId="6CC5DB46" w14:textId="64E7A95D" w:rsidR="006F29EB" w:rsidRPr="00E12F65" w:rsidRDefault="007D5BBB" w:rsidP="00F5429E">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
-            <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
-              <w:t>Arquivos de Ciências da Saúde da UNIPAR</w:t>
+              <w:t>Arquivos</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Ciências</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>da</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Saúde</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>da</w:t>
+            </w:r>
+            <w:r w:rsidR="00870281">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>UNIPAR</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">, Umuarama, v. </w:t>
+            <w:t>,</w:t>
+          </w:r>
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Umuarama,</w:t>
+          </w:r>
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>v.</w:t>
+          </w:r>
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidR="006454D5" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006378FF">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>xx</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">, n. </w:t>
+            <w:t>,</w:t>
           </w:r>
-          <w:r w:rsidR="006454D5" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>n.</w:t>
+          </w:r>
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006378FF">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">, p. </w:t>
+            <w:t>,</w:t>
           </w:r>
-          <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidR="006454D5" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="00870281">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>xxxx</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>p.</w:t>
+          </w:r>
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00DD3CE9">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>xxx</w:t>
+          </w:r>
+          <w:r w:rsidR="00BF650A">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
-          <w:r w:rsidR="006454D5" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="00DD3CE9">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>xxxx</w:t>
+            <w:t>xxx</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>, 2024</w:t>
+            <w:t>,</w:t>
           </w:r>
-          <w:r w:rsidR="00EF7444" w:rsidRPr="005F7DCA">
+          <w:r w:rsidR="00870281">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>202</w:t>
+          </w:r>
+          <w:r w:rsidR="00BA0699">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidR="006F29EB" w:rsidRPr="005F7DCA">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1418" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:vAlign w:val="center"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="1C2A414F" w14:textId="77777777" w:rsidR="00EF7444" w:rsidRPr="00686F3E" w:rsidRDefault="00CA1B60" w:rsidP="00EA2FE6">
+        <w:p w14:paraId="7D7A103A" w14:textId="3651FFB8" w:rsidR="006F29EB" w:rsidRPr="00686F3E" w:rsidRDefault="007D5BBB" w:rsidP="00FC330D">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:ind w:left="-104"/>
-            <w:jc w:val="right"/>
+            <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
-            <w:r w:rsidR="00EF7444" w:rsidRPr="00686F3E">
+            <w:r w:rsidR="006F29EB" w:rsidRPr="00686F3E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
-              <w:t>ISSN 1982-</w:t>
+              <w:t>ISSN</w:t>
             </w:r>
-            <w:r w:rsidR="006454D5" w:rsidRPr="00686F3E">
+            <w:r w:rsidR="00870281">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
-              <w:t>114X</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F29EB" w:rsidRPr="00686F3E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>1982-114X</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="774" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:vAlign w:val="center"/>
+          <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="1C1845C0" w14:textId="77777777" w:rsidR="00EF7444" w:rsidRPr="00EA2FE6" w:rsidRDefault="00EF7444" w:rsidP="00042AB8">
+        <w:p w14:paraId="4ECD6E64" w14:textId="494F0A18" w:rsidR="006F29EB" w:rsidRPr="00EA2FE6" w:rsidRDefault="006F29EB" w:rsidP="00F5429E">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00042AB8">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00042AB8">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="00042AB8">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006E5F71">
+          <w:r w:rsidR="00F46A56">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t>19</w:t>
           </w:r>
           <w:r w:rsidRPr="00042AB8">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:noProof/>
               <w:color w:val="552222"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="15834B99" w14:textId="77777777" w:rsidR="00EF7444" w:rsidRPr="00EF7444" w:rsidRDefault="00EF7444" w:rsidP="00EA2FE6">
+  <w:p w14:paraId="318C5E42" w14:textId="77777777" w:rsidR="006F29EB" w:rsidRPr="00EF7444" w:rsidRDefault="006F29EB" w:rsidP="00F5429E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DBC1AF1" w14:textId="77777777" w:rsidR="00605C58" w:rsidRDefault="00605C58">
+    <w:p w14:paraId="51EDE5C0" w14:textId="77777777" w:rsidR="007D5BBB" w:rsidRDefault="007D5BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BFF4F31" w14:textId="77777777" w:rsidR="00605C58" w:rsidRDefault="00605C58">
+    <w:p w14:paraId="7A9E8107" w14:textId="77777777" w:rsidR="007D5BBB" w:rsidRDefault="007D5BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="79290F9D" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="008C731D" w:rsidRDefault="009F5100" w:rsidP="008C731D">
+    <w:p w14:paraId="6DB18D9B" w14:textId="5DEB018B" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidRPr="00130E5A">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidR="00870281">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Inserir m</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aior </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>itulação, Instituição pertencente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE9E0A1" w14:textId="06CDAE2D" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="00130E5A">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inserir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ORCID:</w:t>
+      </w:r>
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inserir </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3748EDCD" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="008C731D" w:rsidRDefault="009F5100" w:rsidP="008C731D">
+    <w:p w14:paraId="3DBC08EF" w14:textId="6F8AFD6D" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Maior titulação</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instituição </w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pertencente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEB438C" w14:textId="71AF90F0" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>E-mail: inserir ORCID: Inserir</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="03D79D61" w14:textId="77777777" w:rsidR="009F5100" w:rsidRPr="008C731D" w:rsidRDefault="009F5100" w:rsidP="008C731D">
+    <w:p w14:paraId="0E78B2F2" w14:textId="09A2BBC4" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Maior titulação</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instituição </w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pertencente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFC9596" w14:textId="47759434" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>E-mail: inserir ORCID: Inserir</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="0CC67531" w14:textId="77777777" w:rsidR="00E71BD9" w:rsidRPr="008C731D" w:rsidRDefault="00E71BD9" w:rsidP="00E71BD9">
+    <w:p w14:paraId="568A4BA2" w14:textId="181C353F" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>maior titulação</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Instituição pertencente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F32013D" w14:textId="12845EDF" w:rsidR="00130E5A" w:rsidRPr="00772C6A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>E-mail: inserir ORCID: Inserir</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="348A7DBE" w14:textId="77777777" w:rsidR="00E71BD9" w:rsidRPr="008C731D" w:rsidRDefault="00E71BD9" w:rsidP="00E71BD9">
+    <w:p w14:paraId="3771CF0D" w14:textId="461AFA09" w:rsidR="006378FF" w:rsidRPr="00772C6A" w:rsidRDefault="00130E5A" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008C731D">
+      <w:r w:rsidR="00870281" w:rsidRPr="00772C6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00772C6A" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Maior titulação</w:t>
+      </w:r>
+      <w:r w:rsidR="006378FF" w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Instituição pertencente.</w:t>
+      </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="4006AA8E" w14:textId="77777777" w:rsidR="00E71BD9" w:rsidRPr="008C731D" w:rsidRDefault="00E71BD9" w:rsidP="00E71BD9">
+    <w:p w14:paraId="18E7747A" w14:textId="2420EFFB" w:rsidR="00130E5A" w:rsidRPr="00130E5A" w:rsidRDefault="006378FF" w:rsidP="006378FF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C731D">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00772C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>E-mail: inserir ORCID: Inserir</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="15D044BF" w14:textId="77777777" w:rsidR="0030574D" w:rsidRDefault="006B36BB">
+  <w:p w14:paraId="1258A1FB" w14:textId="093E3008" w:rsidR="006F29EB" w:rsidRDefault="00F5429E" w:rsidP="009E0493">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="pt-BR"/>
-[...62 lines deleted...]
-        <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="2" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="087DDFBA" wp14:editId="5FFC9D3D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C55B07" wp14:editId="153F95D5">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
-                <wp:posOffset>-85725</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-1166495</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="page">
-                <wp:posOffset>552450</wp:posOffset>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-208915</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7343640" cy="9906000"/>
-              <wp:effectExtent l="0" t="0" r="10160" b="19050"/>
+              <wp:extent cx="7380000" cy="10188000"/>
+              <wp:effectExtent l="0" t="0" r="11430" b="22860"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Retângulo 40"/>
+              <wp:docPr id="1528190131" name="Agrupar 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                    <wps:spPr>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7343640" cy="9906000"/>
+                        <a:ext cx="7380000" cy="10188000"/>
+                        <a:chOff x="0" y="0"/>
+                        <a:chExt cx="7343140" cy="10183977"/>
                       </a:xfrm>
-                      <a:custGeom>
-[...51 lines deleted...]
-                  </wps:wsp>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="1425100730" name="Retângulo 40"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="277977"/>
+                          <a:ext cx="7343140" cy="9906000"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7364730" h="9550150">
+                              <a:moveTo>
+                                <a:pt x="7364730" y="514472"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="7364730" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9550150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7650"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5113296" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="552222"/>
+                          </a:solidFill>
+                          <a:round/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor"/>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1503554757" name="Gráfico 2">
+                          <a:hlinkClick r:id="rId1"/>
+                        </pic:cNvPr>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="5852160" y="0"/>
+                          <a:ext cx="1486535" cy="525145"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2ACC61D3" id="Retângulo 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6.75pt;margin-top:43.5pt;width:578.25pt;height:780pt;z-index:-503316478;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" coordsize="7364730,9550150" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQQSleZAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuG31s2bFgO4sG6aZo&#10;gyQ9AE1RlgCKJEjasq/Tq/RiHY4k2mnQLop4QQ/JmTdv5lGzvjt1khyFda1WG5rdpJQIxXXVqv2G&#10;/nh5+HRLifNMVUxqJTb0LBy92378sO5NKXLdaFkJSwBEubI3G9p4b8okcbwRHXM32ggFl7W2HfOw&#10;tfuksqwH9E4meZoukl7byljNhXNwej9c0i3i17Xg/ntdO+GJ3FDg5nG1uO7CmmzXrNxbZpqWjzTY&#10;f7DoWKsgaYS6Z56Rg23fQHUtt9rp2t9w3SW6rlsusAaoJkv/qOa5YUZgLdAcZ2Kb3PvB8m/HR0va&#10;CrSjRLEOJHoS/tdPtT9ITebYoN64EvyezaOFdoWdAzNUe6ptF/6hDnLCpp5jU8XJEw6Hy9l8tgAg&#10;wuFutUoXaYqoySWcH5z/IjRCseNX5wdVqslizWTxk5pMC9oGVSWq6ikBVS0loOpuUNUwH+ICv2CS&#10;PnBZzJcz4NIAlaJIsyJF1Tp9FC8aPX0oJPoB5SKbz5d5gATGF0ep/hYwAQ8Rk9/0bzABUAjdGCm8&#10;p+dyATX9C7DIslm+WiCB155QX2gUFhqbB4fX8ij90EoJ+KyUKqxOy7YKZ7ix+91nacmRgTBFkcNv&#10;5PLKzeqDqiaOkO7ypNDyZymGBE+ihrcJguQoE04FERMwzoXy2XDVsEqMeeGBTYXFCCxKKgAMyDXw&#10;jdgjQJg4b7EHlqN/CBU4VGLw8H5imoHBRGwIjhGYWSsfg7tWaYsNuqo7mDtdnfFjw9bAp4/0xzEV&#10;Zsv1Hht4Gabb3wAAAP//AwBQSwMEFAAGAAgAAAAhACI+8wvhAAAADAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2GZghdpNzGxLTGbIoIHRSit9r7NTpPQ7GzIbtL4752e7O3NzOPN9/LN&#10;ZFsxYu8bRwriRQQCqXSmoUrBz/f7fA3CB01Gt45QwS962BT3d7nOjLvQDsd9qASHkM+0gjqELpPS&#10;lzVa7ReuQ+LbyfVWBx77SppeXzjctvIpipbS6ob4Q607fKuxPO8Hq2D3OZp6u/pIts2QnsKjPBy+&#10;fKzUw2x6fQERcAr/ZrjiMzoUzHR0AxkvWgXzOHlmq4L1ijtdDXGasDqyWqa8k0Uub0sUfwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQQSleZAIAAJQFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAiPvML4QAAAAwBAAAPAAAAAAAAAAAAAAAAAL4E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" path="m7364730,514472r,9035678l,9550150r,l,7650,5113296,e" filled="f" strokecolor="#522" strokeweight="2pt">
-[...2 lines deleted...]
-            </v:shape>
+            <v:group w14:anchorId="30E83BEF" id="Agrupar 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:-91.85pt;margin-top:-16.45pt;width:581.1pt;height:802.2pt;z-index:251660288;mso-width-relative:margin;mso-height-relative:margin" coordsize="73431,101839" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBBpZa64AMAAMIJAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vv9u2zYQ/n/A3oHQ&#10;/40l2bJsIXZRJGswoNiCtnsAmqIkIhRJkPSPPM72Kn2xHo+S7CRNN3SbAUukdHf87rvjR12/PfWS&#10;HLh1QqtNkl2lCeGK6VqodpP88fn9m1VCnKeqplIrvkkeuUvebn/+6fpoKp7rTsuaWwJBlKuOZpN0&#10;3ptqNnOs4z11V9pwBS8bbXvqYWrbWW3pEaL3cpan6XJ21LY2VjPuHDy9jS+TLcZvGs78703juCdy&#10;kwA2j1eL1124zrbXtGotNZ1gAwz6Ayh6KhQsOoW6pZ6SvRUvQvWCWe1046+Y7me6aQTjmANkk6XP&#10;srmzem8wl7Y6tmaiCah9xtMPh2W/He4tETXUrshX2TrN5llCFO2hVu9auzfUknlg6WjaCozvrPlk&#10;7u3woI2zkPipsX24Q0rkhPw+TvzykycMHpbzVQq/hDB4l6XZKkxjCVgHdXrhyLpfJtfFPFtcuM7X&#10;ZRlcZ+PSs4BwAnQ00E/uTJn7d5R96qjhWAkXWBgpW+RFlqblHHBFyj5y/+Uv1e6lJgAWWUKHiTNX&#10;OaDvVcLyshzyotWZtYvU1+t0OZA2ZU4rtnf+jmssAD18cB5Whl6sxxHtxhE7qXFoYXOEbSFxW/iE&#10;wLawCYFtsYs1MdQHvxAqDMkxVHC5wHS7TbIuijQrUmz7Xh/4Z42WPlRxsoNCF9liUeZDrc6GUr3m&#10;MAaO1R3txrvBBYBxCP1/WJZLyOl7SxdZNs/XSwTw1BIqEojCppzIg4eX5VH6vZAS6yNVIMxpKerw&#10;DCe23d1ISw4UClMUOfwGLE/MQBdUPWKE5UK3x77CkX+UPEST6iNvYHNDQXIsE8oqnxagjHHls/iq&#10;ozUf1sVNGsNPHpgUBgyRG8A7xR4CBMl+GTuGGeyDK0dVnpxj/0zLRAQjsOg8eeDKWvnJuRdKWyTo&#10;Iu8w3On6EVUKqQEh2F4bwSr4DyIKoxeK8PeHDXj5veXJEKT/RzF6ah/25g3oPfSE2Akp/COeXcB7&#10;AKUO94IFTQiTC3Ep0nlRLMqiHMXlzn75E84LTWIxOynUw40U7GGAA/v32bHwjYzikXOr2b6H2scz&#10;1HIJyLRynTAOdKAK54H9tc6Q2gnWGWHEC90u2AfNHhxR+qajquXvnAFVAXF/4hnNZyHQk2R3Upix&#10;88P4P8+D9zseU4mUgaRG9YNNGRYMDeW85Z7Bph27mgX1BIPpBQI/Yw1pvCLixarIs2XUpuFgG1U8&#10;W6yWxbyIZ18B58aiGHb2eHIaG0WchAHwD0TizhwFPajLYAL4zihwCFPUAfxQQPjDR034Ermco9X5&#10;02v7FQAA//8DAFBLAwQUAAYACAAAACEA7s8x2ekAAADFAQAAGQAAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHOskM1KAzEQx++C7xDmbrLbg4g020sVeuhF6gOMyexu6GYSkrTbvr0pIlooePE4M8zv&#10;/7FcnfwkjpSyC6yhlQ0IYhOs40HD++714QlELsgWp8Ck4UwZVt393fKNJiz1KY8uZlEpnDWMpcRn&#10;pbIZyWOWIRLXSx+Sx1LHNKiIZo8DqUXTPKr0mwHdFVNsrIa0sQsQu3Osyn+zQ987Q+tgDp643JBQ&#10;zlftCsQ0UNHgyTr8WrYy8gDqtof2Pz2MNU2aHO9/fFyi5drbPM/ywC5ikh9Jfd+3wdb4L6dCiXG6&#10;eFRX5XefAAAA//8DAFBLAwQUAAYACAAAACEA5qFGK+MAAAANAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwWrDMAyG74O9g9Fgt9ZxQ5Y0i1NK2XYqg7WDsZsbq0lobIfYTdK3n3babhL6+PX9xWY2HRtx&#10;8K2zEsQyAoa2crq1tYTP4+siA+aDslp1zqKEG3rYlPd3hcq1m+wHjodQMwqxPlcSmhD6nHNfNWiU&#10;X7oeLd3ObjAq0DrUXA9qonDT8VUUPXGjWksfGtXjrsHqcrgaCW+TmraxeBn3l/Pu9n1M3r/2AqV8&#10;fJi3z8ACzuEPhl99UoeSnE7uarVnnYSFyOKUWJri1RoYIes0S4CdiE1SkQAvC/6/RfkDAAD//wMA&#10;UEsDBAoAAAAAAAAAIQDKLi2VySwAAMksAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoa&#10;CgAAAA1JSERSAAACWAAAANQIBgAAAECLXVYAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAA&#10;AAlwSFlzAAAdhwAAHYcBj+XxZQAALF5JREFUeF7tnUGoJMua1w/YVffNmwf3dtXtue+e04e+oIIo&#10;6F3MbhTvwsUMo0MLulHBfoKiG2mYwVk4wt26mGlEVNBFCy5m5fRiBHHVixFE3uIsVAaUx+mqfm+e&#10;T4RGZzELxStfZcapyC8iMiMiIysyq34/+EP3qczIzIjI7/tXRGTW1f3qyZf71fbVbrV5G6k3u9Xm&#10;xdUA939o+9Vk5a63rz37h/Rmv94+1+UsHakrz7WifEk/ed30rcdfi6Sv3X/08Re67gEAAAZpE8s3&#10;qRoyQ/vV9l7vE6O+hHZ/9fEnU5S7NMQw6utD0+pwn6y2r8R06fYAAABw0IkkQa91WYbDqJi7fZRk&#10;5ECXZ2hHr5x9YjRkCJeEJHp9fei0ih1xBQCAC0UnjgRhsCqBwZqZZGRr9eRL3U4AAHDBOMkiXhis&#10;SmCw5qrN3Tn1MwAAGIGbJKKFwaoEBmvu2tyd44MVAACQgJscooXBqgQGaxmSdVrn9HAFAAAkoJNC&#10;gjBYlcBgLUvn1PcAACASnQwShMGqBAZridrcyWtGdFsCAMCZ4iaCaGGwKoHBWqw+8LQhAMCF4EkC&#10;scJgVQKDtWhhsgAALgFPAogVBqsSGKzlizfCAwCcOTrwJwiDVQkM1nnonPokAAAodNBPEAarEhis&#10;89FuvXmp2xcAAM4AHfAThMGqxDiDJS/BRB1l/oB4KfX1eQAAWCg62CcIg1WJMQaLVwX0Iy8GbfvZ&#10;c+mLjQlz67G0zql/AgAABmuRYLBOi9SZTOXtVpu3uj5LioXvAABnhA7yCcJgVQKDVY+2b7/W9VpI&#10;H/hpHQCAM8ET5GOFwaoEBqs+kxmt1fZeHwsAABaIE+DjhcGqBAZrPhz6euFF8jxZCABwBujgniAM&#10;ViUwWPOj9GgWb3sHAFg4OrAnCINVCQzWPJE+pus7V7KgXpcPAAALQgf2BGGwKjGVwZIF1oeyZcoL&#10;5Wm9/aDrPFfn1GcBAC4OHdQThMGqxFQGq3nvk7sPqiQWvAMALBcnqMcLg1WJ6QzWtO95Qll6rtsJ&#10;AAAWgCegxwqDVQkM1iVpc6fbCQAAFoAb0KOFwaoEBuuyxBOFAAALRAfzBGGwKoHBujgF7zUAAJgp&#10;nmAeq2DQx2BNCwbr8sRP6AAALAwdyBOEwaoEBuvy1HdfAADADNGBPEEYrEpgsC5SH3R7AQDAjPEE&#10;8lhhsCqBwbpM9bUdAADMDB3EE4TBqgQG6zJ1Tn0YAODs0UE8QRisSmCwLlbBew4AAGaGJ4jHKhjs&#10;MVjTgsG6WLEOCwBgKXiCeKwwWJXAYF2ueF0DAMBC0AE8QRisSszRYO1WmzcoTvIjzrr+YrVbb17q&#10;dgMAgBmiA3iCMFiVmKHBYuoqAfkBZ08dRqnv/gAAgBmhA3iCMFiVwGAtG2kDTx1GSUbAdHkAADBD&#10;dABPEAarEhis5SN15qnHQWGwAAAWgg7gCcJgVQKDtXyy63q1vddlAQDADHECeLwwWJXAYC0f6hoA&#10;4MzxBPBYYbAqgcFaPnL/eOoxSrosAACYITp4JwiDVQkM1vIZ04a6LAAAmCE6eCcIg1WJMcm5hsGS&#10;l2O2ZWct7EZd6foFAIAZooN3gjBYlViawZI29eyD8tRb1wAAMBM8ATxWGKxKLM1g7debO88+KE9O&#10;Xb//qc3Tb66uHum/AwBARTwBPFYYrEpgsC5Yntc0yL14Tv0bAOAscAJ4vDBYlcBgXbI2d279yhOJ&#10;m+/rvwMAQEXcAB4tDFYlMFgXLee+2603/2S33v6/+/XjX9CfAQBAJTwBPFZOoDdgsKYFg3XBWm1f&#10;OfW72v4j+Wy32v5j/RkAAFTCCeDxwmBVAoN10Xru1m/z0tLdevP791fPvqU/BwCACngCeKwwWJXA&#10;YF2u5J1iun53q+1vmc9/uN78Zf05AABUQAfwBGGwKoHBulh98LXffr399w/beKYQAQCgAp4gHisM&#10;ViUwWJep3WrzRtetsFtt/uvDNuvtf3zLO7EAAOqjg3iCMFiVwGBdpnz3xu9965Nnu/Xmf3e2e/Tp&#10;n9HbAQDAidFBPEEYrEpgsC5TvvVX79ef/qLebvdo+3f0dgAAcGJ0cE4QBqsSGKxLlPuCUeH9evur&#10;zrar7W/o7QAA4MQ4wTleGKxKXJDB+nC41vPQvef64hVYvL5fb/6V3na32vy23g4AAE6MDs4JwmBV&#10;4pCwPdcYo0UZLM/v7i0Rmdo7mEV9fQmSe0qXK3jrdrX5Xb0dAACcGCc4xwuDVQkM1rIYUa8HhZ4e&#10;/NHVdz7V2xr1tTMAAJwAHZgThMGqBAZrOezWm5fOdaXLeXu78G796Z/3bNvooyd/RG8PAAAnxAnM&#10;8cJgVQKDtQza+2DU1GBocbsgvz3obt/q0ad/Vm8PAAAnxAnM8cJgVQKDNX/KmKvw/fD+pzZPZa2V&#10;3t7oh+vtX9D7AADACdGBOUEYrEpgsOZNKXMl1x9qr/1q8z1ne0vvV9u/pvcBAIATogNzgjBYlcBg&#10;zZdD3x/7SoZWfX12v9r8tt4+dl8AADgBOjAnCINVCQzWPGn75/iRq54nB4X3q0/+5H61+Ynex9a7&#10;1ad/U+8HAAAnRAfmBGGwKoHBmh/t04JFzJWUE3rvlbBfb3/Zs4/S5i/q/QAA4IS4gTlaGKxKYLDm&#10;g9TnmPbwqe8eEGLqc/fo8Z/u7uN/1QMAAEyEDswJwmBVYkxCx2CV49AfC623Ompz199Gn/4tdx9X&#10;79abP97db/PmnO4BAIDZowNzgjBYlcBg1eUwarXevnbOd7w+yM/q6OMZ7r/95LuxbfSDn/6Zz+x9&#10;m/3C79QCAIDC6MCcIAxWJTBYdTj8pmBT96XWWtmSMnun8d7HvxX+w9urq0f2vqZt+wwcAAAUxBOc&#10;Y4XBqgQG67RMbKwOkkXy+rg291fPvrVfbX6s9/PKU29WGwTvWwAAKIgTnOMVDNQYrGnBYE2P1FPT&#10;3w7nPpmxOmi1faWPr9mtN3/f2S+g3Xrzm3p/a61Yb1udgpubm69ubj7/+unT61dDku1Ez549C/bb&#10;UlxfX395e3vz0hwzRjnnJfs8ffr5czlWc503r7sy133zld53SuS8ju2iz8lVc/2fRY+INuXffJVS&#10;x1JPupwh7OPEXkuuzHne3l6/kGOm1MeU2Nd/e3vzJiRzHXL+uoxTUaut5H7X51IcHZwThMGqBAZr&#10;Gh5M1cSjVR2ttq/62kSQtVcp5/Nuvf0VXYZajJ+ctErRmIvrD7e3N9+kSIKvLqs0T5/e3OvjDin1&#10;vFrjmHL9dydJBFdXV5LkPMfvlVyLLidEayqdMoaUcv2tSRbz4JRzKkmdNO2cbg7HIvdX7vXLeafU&#10;9VjGnGspNW3VGMycL0uD6OCcIAxWJTBYZTCGSvrcSUaqtCJGrn5y9eQ7+/X2Xzr79umjxz+vy1EG&#10;K3jvTo0EMh3kIhV88WoJ2sSsjxmj6PPKNRiSBE4xMtIkGvf4Q4odactPpvGjK7e312/d/etKzNYk&#10;ydtDfh0/nOtJ+pqQ29+mVNNWBa/fCc7xCgZpDNa0YLDyaH/G5tXhOou/XiFNff3c5v16+6t6316t&#10;Nv/9J99+8l1djjKPve01JZdssMYl/+u3urzS5Ca8uRisEW14EqWOdqaSa+C1pj5PQUxM4kjuSVXM&#10;FDsBOl4YrEpgsPLIPo+y+hDbF3fr7S/tV9u9p4ywVtt/p8tpXyvR2a7W04SXbbCcfVPV+yDEWJZu&#10;sEb0rZNJpqGnmobLr199jvHTvrm0666cY89JUg+xfTuIDrwJwmBVAoOVx5j+U0TNqFnUuoz360//&#10;qJglp4wBvV9t/qEuy3fdQ08tTsWIJBhtZHKY2mDJN3bPvkmaevpm+QYrfQ1ZRRW9/3LXNoYVV+e5&#10;LKmtZGG8Pv9odOBNEAarEhisfMb0oTGSuu2re8379fZf6DJitPto8+d0We3vJKrzCd9nU3KpBmtE&#10;+UrTTRUu3WC1T8x59p+r4q4rhgkMS1S/zqV5ms855mwl94a+hih04E1Q8IAYrGnBYI1jTD/K0IfU&#10;0SKfIYrSavO7uixBfiZHbyt/09udgks1WCWnRKZ6Og2DdXqVasv8ug2ryBqkAEszWI3i+mEHHXgT&#10;hMGqBAZrPGP6UqwOo1aJa53erzd/d7/e/i9dVozerbd/T5cnBBb097bZVGCwxmuqqUIMVh2NXZPV&#10;vu7AKXe84uo9h2UarPi+/oAn8MYKg1UJDFYZxvSnPh2M1epJctDcPdr+7f168z90eVFabd/tVo//&#10;hC7Tt8DdqK8vTAUGq5iijpsCBquOxi4qn2B60Kh4HzMs1WAlt5UOugnCYFUCg1WOMX1KK9dYCfvV&#10;5nu71faHusx4bf6pLlOQRfXuto1yz3UMGKxyKjW9ZMBg1VTcNfrIr9d+NSOl00wTLtVgiZIWveug&#10;myAMViUwWGUZ06/a90u9HmNW3q22f3W/2vzAU3a03q8//UVdruBbf2Uk1623nxoMVjmVToAYrHpK&#10;HhlpKf/0oFZc3aeyZIOVNEWvg26CMFiVwGCVJ7FvybuspK6e99VnDFLGbr35fc8xoiXnossV2unB&#10;4NvpMVhHlmiwWkUdP4bLNViHF8DKuUVKtr9+m/PTSv2Ku06bCacHjYr1L5sRBuvObY8hlW+r6FEs&#10;HXQThMGqBAZrGto3vXsXhEvdSN+UPthXh7H86Orzb+/Xm3+wy1zQbrRbb/9naPSqb3rwsG+FewKD&#10;VV6lpgov2GBFle+jXWD+slACj+pLNvl1GqfSo6SGEQYr6YlsTfuj0qNH/KJHHHXQTRAGqxIYrGk5&#10;jCqtNi8OZmrE1F+I3UdP/rCsmXKuN0er7a/r8g1904OiGvcEBqu8ooP9ABisceTWn1FqO04/PWhU&#10;pn5sahksoTHFY362qlHUNKEOugnCYFUCg7VcfvTo8c8NGZ94be7erz75U/oYwtD0oKjGPYHBmkbZ&#10;L0K0yDUIGKwjuXVoFFuXQt70YNb9F9XHU6hpsAxj2yrqXHTQTVDwhsZgTQsGa5nIW9b3q82PnevM&#10;lLzWQR/DIPeR3t6jIlNLKWQGeFHxIG+zdIMlSknOPnITTuxxL8FgNaNK+dOF0Wt7MurTjJCljt5M&#10;MU04B4MljGmrqC81nqAbq2DhGKxpwWAti/tvP/nubr35Tef6Rmnz/W+urh7pYwmH0Sv/WrKOWOR+&#10;5BwMliQLfdwUMFhlGGEe4pJ2/vTgoa/mnd9s6qiowRoRj0TD974OugkKdgQM1rRgsJbB7urjx/v1&#10;9pf36+1/dq5thHar7X/Zf/T45/XxDNLX9T4+TbG+bIgRAW04mI3gHAyWSEyGPnYsGKwyZJofo6j+&#10;lDs9KPtmvvk96rximYvBEkaMYt3pshx00E0QBqsSGKz5s1tvf6ncWquOPuxXm7+hj2cTW9+pP+NT&#10;AgzW9Mr96RUMVjna1wl4jjWkuB/zzqlLe1F2qqkoPU04J4OVOmVqFPVQgg66CcJgVQKDNV92j7Y/&#10;K9OBu/X2/zjXU0Dv1ptf08e0iR29Eul9TwEGa3rlThVisMqRW5cxoyKZI2SdcvPOr1w9zclg5fYb&#10;DFanXAyWCINVng9XH3+yW23++m61/a3devt/nesops0/k/dn6eMbYp4ctMoaDORTgME6mZITUV7S&#10;xWD5yK1LbYR85EwP6qljeXea3iZCUX09hjkZrNxzifoi4wbeaGGwKoHBmgc/uXrynd1683K32vw3&#10;59yLa3Mnx9PnYBP55KBR8P6dEgzW6ZQ6VZhrCjBYLiOudXCKMKds/TLanHVYUSM2keSamikMVm6/&#10;jzHDGKwFgsGqz/3Vs2/t19vfcc55Em2+L08i6nOwae+NyNGr/vtsSjBYp9RwsrbJTTQYLJfUNU5G&#10;Q08R5kwPhtZP5Z1jmbqak8HKXYMVdX/pwJugYEfAYE0LBmsepBiaEfqdoZErIaPtTv4OLAGDlaa8&#10;JNhRdELCYJUhZ3TIUm97lZzay6wvb1mpzMVgjXlvmZ529eIJvLHCYFUCgzUPDgvKI943lavdevPP&#10;Y570k2lKve+QYsqdAgxWmlrTk7zm5ri/jF5E/KQHBqsYI8yDM5WnyanD0MtLc8xaqWnCEXVU1GCN&#10;ubei+o0OvAnCYFUCgzUfJjNZq+2r37v67hN9PE3q1GCjOgvchZyg3irKyOQyZ4Ml++c/9i+KmMrA&#10;YBVBzGzqFJ6tPjOcMz04VGZOeSXqaw4GK7c+jaLWOLrBN1oYrEpgsObFu/XmL5V7LcPmD96tt7+i&#10;j+Ej9o3tWn332NRgsNJkDJYkSf1ZioZGRgQM1jjaqcHMazyoty9l3ju9X6Yy27z3PGOobbDaqcGc&#10;azfqrdcHdPBNEAarEhis+VFiJEteTPp+/fgXdNk+pB1zX2Raa3pQyEwSotFBvY+5G6ymjOykFDVV&#10;mJtwMFhN++au5TEKTeUZcupvaJ1QzpR9iWnCEX15tMFq78URI8LDbfWADr4JwmBVAoM1T7JN1mq7&#10;3683v/bjn/7sZ3SZIRJfyWCp3vSggMFKk36qbGRi6D1XDFY8MgLStOn1i/zjdtVngHOns4ZGLvMX&#10;5KfXmc0pDZZcY3N/N22VU49asX0eg7VAMFjzJWO68D/cr7d/TJfTR86idqO+++sUYLDSpA3WlFOF&#10;GKwjraE5JGOf3DLGaWikKee+aUYt3dczaDJH3qL6fYiSBuvUbZV07ToAJwiDVQkM1ryJGslabf7N&#10;frX53g+uHn+s9+9jjLmSdqo5PSjkJIrkoJbBUgyWkG8k+pMuBuvICAOQrL42MWTWXVTfzKk3OWdd&#10;Tgoj6tcxWOOeBEyTXHfU4naDJwjHyrnxDRisacFgzZ+Qydqttv96v9r+FXlRqd5niNZcJT4x2FHw&#10;nj0VGKw0+QyWkDnqYOQ9ZwyWXVZeXWTKMQ02udODseuE8u9Jt95iKWmw8ts9XbF1+oAnCMfKe+ML&#10;GKxpwWAtA5n62622/3a33v4nWZAu/VdvE8vBsI0zV9/IfanLPTX5wdxvCkqxNIOVW96xXHeqMNdU&#10;nKPBGtEfkiR1PjR6lXvP9K3psslfhxXX932UNFhjp80TdDfUVg46CCfIe+MLGKxpwWBdFgVGrg5P&#10;KOpya5CbLMYE8xhGJNSo88o1RCGDJeQbCv8UDwarS355sbp+G5OwM+st6WGWnIcnfH0olpIGSxgR&#10;V2KVbq4EHYgTFLzxMVjTgsG6DNr3XGW3ta0xo2clGREIo4xMLks0WO27fLKnCnXZGCyX/N+pG1RU&#10;ws6dHtRtO0S+4QnXXR/5x/MbLCG/fw3qLnY00EEH4gQFGxCDNS1jki4GaxmMec+Vo9W29wmlU4LB&#10;StNQoswt18g2Rxgsl1yD06+4kSsh937xTQH3kTtNONQ/Q0xhsMZ+4fArvq28OME4XsGKxWBNCwbr&#10;vDncP54F8llabe/72vzU5CaMWCOTy1INlpBrjNryH+6x3HLO2WAJuW2n1Ri1/mNpcussZ8Qlx0jm&#10;ThNOYbCEUuux2rroPVYUTkCOV/DGx2BNCwbrPLGmBEett7I1t36PwUpTjMEa+83dvIMJgxUmv+xG&#10;MYvZNSNGz5LWXxly2z+m/jRTGSxhRIx5UOoIYBAdkBMUvPExWNOCwTo/mnsms54CmsvCdptcoxH7&#10;g8W5LNlgCbnlG8n15ybYSzBYQup6LDFHYiSS3ptkkWsUkl8l0CL1oMuKUWwftZnSYAn5fa2RPbI7&#10;Ch2UExSsVAzWtGCwzosSTwl6VP2loj5GGJmsb+WxjDivWRgsYUxSaUbA0gyE0aUYrKGRwnYK8K0x&#10;VakjVpr8+jqtcqYJpzZYQ20Vqah7uxdPYI5V8MbHYE0LBut8EBM0hbnar7dlhrgLM2Ix7aR94RwM&#10;VqGkkqxLMVgG2V5Gl+S6RSXMlGbE9GAlpdXh1AZLKLMeK+26HDzBOVbBGx+DNS0YrPPhsO5KX/dI&#10;yYiYPs5cyDdY6d+SUzgHgyXkTiuN0aUZrFNQox3HKLWfnsJgCSXqMXeK94AOzgkKVigGa1owWOfF&#10;mH7taEavZAihA1isSo8S2JyLwRLyjUyeMFjlya+rOkr9AnQqgyWMrctRo+dOgI5X8MbHYE0LBuv8&#10;GNO3Lb3ua9+5kDv1Meqb5ADnZLBOPb2EwSrLqduvnOLr8ZQGq9DUedR97uAJ0rEK3vgYrGnBYJ0n&#10;Y/r3UsyVMCLYJQfXWM7JYAklpkZihcEqyynbrqRS+uopDZZQbT2WJ1DHKliZGKxpwWCdL5l9fDHm&#10;Ssh9HcCUr2o4N4Ml5BuaNGGwypJfT3WVMk14aoMllDCuyaPonmAdq+CNj8GaFgzWeZPUz1fbV31t&#10;OkdGBNesN1THcI4GK/eBglRhsMqx3OlBo7i6HBEDsg2WkN8HGyWvx3ICdryCNz4Ga1owWOdPRF//&#10;MOenBfsY+U0yytCkco4GSxhZ11HCYJXjFO01pWL7ay2DdfL1WJ7AHatgRWKwpgWDdRn09PfZvucq&#10;hrEjK8V+xsLiXA2WkPsC0VhhsMqRX0fzUOw0YS2DJZx0PZYneMcqeONjsKYFg3U56D4vbTTHN7Sn&#10;MvZbZGmTdc4Ga6yhHRIGqwzLnx40Gq7PmgZLKDFSGLUey0lq8Qre+BisacFgXR7Sf+W+6mu/JZGf&#10;DI/K/c01H+dssARJTLrsUsJglSE36Te/edi8Vb6kcr8ExfTZ2gZLyO+PjaLWYzlJLV7BSsRgTQsG&#10;C5ZOmWH6RpJYJSHoY6Rw7gZLkN9z1OWXUGzd5ye0OAO0dIOVXz9xfTCV3PqMmSacg8E6yXosJ6nF&#10;K3jjY7CmBYMF58CIhNKj67diShrT9fnXbSCX0ZuD5O+N5FURh7VJdyOnZfoDbMscDFZJU2sLgzWe&#10;MdODpafLDbkjao3663QOBksoc0/0XKuT1OIVvPExWNOCwYJzINd0zEyLMVjCiMQWFAZrPGPMzFSv&#10;Lhln+vr77Yh+WNRgCWPq3ii4HstJavEKViAGa1owWHAuFBiir61FGSyh9FQhBms8I+pmspfvCrkv&#10;BR6aJpyTwRLy679RcD2Wk9TiFbzxMVjTgsGCcyHXeMxFktT1NfnIvc4pDFaZaZGjMFjjGDNSVPJB&#10;Dx9SN/qY8QrX69wM1mTrsZykFq/gjY/BmhYMFpwT44J4XcUmuDkZLCHfjLjCYI1jzBTVVNODhjGv&#10;+Ojru3MzWEKZLx6qLzlJLV7BysNgTQsGC86N3KmI2opdYDw3gyWUmirEYI0jv15u7nRZU5A7stM3&#10;TThHgyWMMbtGnfVYTlKLV/DGx2BNCwYLzpGp3zheWpJA5Bu+vg4fczRYI15N0VHsKEq+kYgzQEs0&#10;WGOmB2Onp8cywgwF63ZEmZMaLCG/nzbqrMdyklq8gjc+BmtaMFhwruQnydMrJcHN0WAJJepblxki&#10;P3H5k7Qm/1riyp+CMSMmsSOHY5limnDOBqvoeiwnqcXLW3ECBmtaMFhwzsjISoEAN6nk/GJHboS5&#10;Gixh5FShu7A3AAbLJbdO+qbfpiD3fgyd55wNllBiPdZh+YCT1OIVvPExWNOCwYJLQIJw7vTJxLpL&#10;MVfCnA3WmGSSMoqSayZiDdASDVZu/04ZPS1Bft22RkMxd4MltFPoI758XL/FYC0QDBZcEhKg57AI&#10;vvnNt8+/TjVXQu5am1Ml0mbUMP78mm3TjEnu06K+BO0jd7ottvzS5E69Sd0HX2w5EePW67n9JL88&#10;t6wpadso64vB4d51klq8MFiVwGDBpSLJsPn2e/hJnKxpi1i1hkO+wUqAfRm7oD2EjPa0IwFS3qBk&#10;2xwzNwZTv62hdc6prfsXOefVJquXobK12u2SRixSyhc1hnlcu46h/Qkn57xCyqmTUhzvPfe8QpLz&#10;DfUV6Ucp90PNthJD2HdfaD2cq5PU4oXBqgQGC+BIM/12/UKCmpEEwmMwlKcTbR0DYbNd8/uETbKT&#10;cm6+koBaK5gDwJkgydFJbHHCYFUCgwUAADBzJIk5iS1OGKxKYLAAAABmTnbyw2BVA4MFAAAwc0Yk&#10;VQxWJTBYAAAAM2dEssZgVWJEm2GwAAAATsF+vX3uJLY4YbAqgcECAACYOZJwncQWJwxWJTBYAAAA&#10;CyDzSUIMViUwWAAAAAsgM2FjsCqR2V4HYbAAAABOROY6LAxWJTBYAAAACyFjmhCDVQkMFgAAwEIQ&#10;Y+MkuH5hsCqBwQIAAFgIGU8TYrAqgcECAABYEGKanCQXFgarEhgsWCrPnn32xe3tzUuR/szm2bNn&#10;n5jt5N/2Zzc3N181f//sC/vvGtnu5ubzr58+/fy5/ffr6+sv9TmYbYfOy3B7e/3CV7ZgypfPQ7K3&#10;lzL050by2dB1mrp6+vT61e3t9dvb25s3T5/evG7KuPnK3T7cBqZu9XnI34fOw4cpz3csTaljp9Z/&#10;iL5ymr+7devj2L7920s79vWFph6690II0ydkv6G6627bX35smSntLshxw+1v6vy6k8PNPTt0LqZO&#10;ffeqcIwTN6/l3mmONdy+ff3DqLPDYRQrfi3W0gzW24MxOQflGhYMFlRGguTt7c03or5g3gavw3Z2&#10;oLP/3pQRDq5twPxGTIf99zbwH/Y//s0+r3CZQpuQ2nM7BtH272/s8/Pp6dPrh/tFX09IYp4eTsBC&#10;koaUp7fvSl+/vw3s6wqpOVY30YWQa7PPLZTghJh6kLL6ysip/z7iyrq57zsn+czevq9v6W1DCvUF&#10;m9YkmO17r9e+H25vb+705zZWewaNk1xjt0/295f4drt5yAd2f5Fj9dWrVfYb+++xx9VGK3Y/b70n&#10;mJhFGSzUCIMFNQkld03IYLXfcq1A1jUPNikGK2SafNj724HdTmqSqNog7EjO67hP53rumhEoW52g&#10;rRLEMZG1xuetJF8zkmV91knIoTbompxmJKyRcx5OmT5UfTjnb1Pi2Dn134c5tqnbnnb5Rs5f7y+0&#10;xxw8d8Ful4i+EDQ4gpiR7vZhk9P0l+htBw1WSrsL6vhR7eYxo8FjWG3Q2UabUPlc/tbEjWPba/OW&#10;c74dmlEST8Lryr8zBmvWwmBBTULJXRNvsCQI+kcQUgyWYLb3fvO0sAJ259u+SWp9SVRjX8/wdXQT&#10;uV2XoX2baaVuggi1QXdUwC2v/VwSSlv34UQsHJP80RyE2jzU3urz3mPn1H8f1nl7k3e3/o+jKwa5&#10;1qPJfTi3YN+yy/MZtuZLgF2X/lEbj1kNXoOgDZbPVBhiDJZl7h7aK1SeYLYZ+mJj4zFY3j4rhAyW&#10;3T/tv9v4+mKRfhaRFDFYCxQGC2oSSu6aUMLtGpJ+Q5RusI5BO5QQQiNdsv3xvPyB3keMwbITtZ3Y&#10;zDfw0PWHCLXBkMEy2N/u9WcGuyyV8B1jJITaW2OStj52bv33kWpOdH82/ckYFrs+7O0MQwZL6PY/&#10;fz1ZIzMyAuhtaxvrGu6O5sE/+uLrhzbhdh/ePqXdugbL9EfX5Aohg2X2TzF2xfpZxFOF3gYQMFjz&#10;FQYLahIT8IVQwrUNiWzT920y1WCFjIxNaHowN/DGGCzBXKedDGJGsHyE2iA22alRRG89WUn+MMoX&#10;agtDqL019rnbZi23/vuIMVj2+ejz1ol9yLykGqzQddp9xd4+1Fa2wdL3l2fb3vsj3O7+tV2x7a6x&#10;DZYdB3znpdvBYLVHdJ4p2s8GDI23kwgYrPkKgwU1CSV3TSjw2gmgWYMUHnUKJfWQwRKGRsVCSTc3&#10;8MYYrFBdNIbwuNZGEqWuAx+hNog1WILP8Nnoz7vHdM8xdI0+TJIvMYLYR6itbezp267htqcHm/Mx&#10;Rqanbw0arL7+Hvr8eB1+c2sbLPm/MSQ+4zFksKZsdxt9neY4vunNkMGy40C75s07umpTvJ/1mBoM&#10;1gKFwYKahJK7JhR4tcGSvx3XenQTSJ7BchOUwQ6uOsF0A68kGb1A2ejmjV1udzTo+oXUyVGffSGf&#10;933TVt/ezfFf63O3CbVBisHqMx96dEH+NjSSEmpvH9banodj59Z/H33XKEg5R8Ph72N2wrev0ZfM&#10;9WiY7gtSr8e2jjNLwpDJ0ft026p7nn0Gy25304Yp7d6aHE+bmXY79lXfferrF+3fvQZL0OvP2jKc&#10;8zSk9bNwfOtwMEzu6xswWAsUBgtqEkrumlDC9RmsbtA7GoMcgyWEpht8SdOgzFev7NGJrsHq0/Xb&#10;vvpS38Yf9vGNhITaIMVgHUf6XNNnJbTOtNBx/ZS7T6i9fbQJrFN+bv33YY4j5yuJ2JZ8dhyhuv6g&#10;z9k6x9C0lJM/7XYZkDd5y9/0CJL5u7WvYx60wRLs9X1dYxM2WMd9uu17rEd35E4ZrF4NGSz7XrLb&#10;o89gCc05PLTXg3zLDlL6mY4RvTRrsjqJ0ukghvuPPv7CSZaRwmBNKwwW1CSU3DWhhOszWIJvai/f&#10;YPmnckJJU7ADrySaZrTBlRmZMPvFGixfsPch16ZHtPQoRKgNUgzWMWl167ZJ8g/GQ70ewr9+TQi1&#10;tw/fsXPrvw9f0tWSa9V1pc/F/izUt4QYg9XUrTv6JdimQ9dh3yioz2A1f3fNYJ/BOm6v2z08gtZt&#10;9/52s/ezr9Uu0/QN+zqHDJZBzsWe8jV1YvcX3bb6PEPnG81utXkjya/XCA0vkA+qt1wM1mhhsKAm&#10;dmDsG0kIJdyQwfJ9e881WPaxzTHswKoTasznIfS3brkOo7auTHJwknUfTaA/Gi37nAoZLDMa1fmi&#10;bbevLqNvJCXU3j58iTy3/vvoG8GStpBz9pm1PiNp1482StqIHPuCWWt4NHy+a/SZC4O1+NxzTiGD&#10;5d6rIYMV2+66D6e0u419PB0HzN/NOcYaLBtltLwjpfo6iyFGpy9RC06yjBQGa1r1tRsGC6bGDqgl&#10;DZagE1SuwRIsc2KCtDU96CbV3MCrDZb+XLAMRe99prFNp51cxhqsptzgKNWDIWyPLUbMVvtZ91pC&#10;7a2xjz2HRe4+1MiXvv6HOtDl6v5rf2YIjUTZ9RJxXGWO/AZLsNqzfSrQb7CmbndNyGAJph6be/XQ&#10;L5INluAzpVP0sywk6ToJM0IYrGmFwYKadL9h+qc6hFDg7TNYghXMD29Sbo+TYbC6UzlDQdq+rpTA&#10;G2OwYhJvCN+oxliDZSce+5w9Sb5X9rWE2lvTd2zz975zTyHHYNnXESO7/mPa2TJDnW26I2P90ian&#10;z2DpevUZrFO0u6bPYAkmDrQxoPfeDWGbKROrZmOwcpM1BmtaYbCgNqFv4TahwDtksLpB0ZitdINl&#10;JxY5l+OIjT+o+qYmYogxWLllCz6TMMZgyTlayVQt4LbXAIXXpxyPcRz9CrW3Td+xx9RRCF/dDWEb&#10;QDkPfe0ivY3ZN85g+acYj0a6WRPmkz3K1DVnYYMlmPNtynYNln1Oce1+nFaO/cKlscvz1ZV9X9lf&#10;uvR2fXSvq+mTU/SzLCJ/bscRBmtaYbCgNnYikeDnmyoMJdwhgyW4C1XTDZZgTa+134b904MG2zjK&#10;Ncr5hWT2iTFYgm+qr0mM12/NeiB7ezmGPdphT6fFGCypI3OujcGUJHlYf9Tz5NwxycfV03EkpXvs&#10;Y90dj33zuu/YQk7995FjsOw+oz8zdEd8jn0zxmAJx3pojIoaQQqea3c06mhuhwxWU/7DdT30D/N5&#10;t937zttt9+7fmx/O1m3la7chgyXYhlLXjezTGsZXui/J9TZm/ni+dn8u3c+y2K+3z52EGSEM1rTC&#10;YMEcsNdlGLWB6+HnOo4B1P/UXSiAuQkh12B135Gj1xtp7KA/JHNN8QbLnhpq9rWSqnWOhwXZ6u/d&#10;VzxEGqygmsTkLmSOSfKCb5or9thN//CPruXUfx+pBqs7AjjUV9wXlMYbrO4Ts3Z/DtWNwWdyhgyW&#10;4NatmTKLb/fQeaoRvV6ZfWIMlm0oW1mjuL7Xmpi+fbx/fH3drYuw7P2Kkvsk4VQGa7favJBzunTp&#10;OrXBYMEpCQU5ozbQdYbhYwyWYLaTMvSTS+a4+pu0xk4eTTlhA2Rok6RjHvV1mQQfGqnT2NdtAr4e&#10;VdIy167NRDc56c+ckYqHssRwyPF89R5Knj7sxGeMiErUPcfuN0ap9d+HMVj6SckQdh30taVgt6fp&#10;4zGmQdBGLHbkULDNjBn1jDFYgm3szPXZ55zT7oa27gbbzWwfW1dmOx0H2nN5qR5IUJLRYX87pp7v&#10;JHheTjqoKQ2WLg+6YLCgBhIgmyF5s0bl5isJ/qFkIX8PfaYJbZdaRuy2NmY/n3zb2X/zEdq/+ew4&#10;nTZUf0KoHEGfa2g7Tcq2gm97fVz9eQq6nJwyp9zedz76/yH0dvr/ffi29f0thN4uZV9haHvzuU++&#10;7ey/hRjazo5BQ/eORp9j6HyLs1tvXjpJc0AYrHpgsAAAABaATEk5SXNAGKx6YLAAAAAWgvykjpM4&#10;e4TBqgcGCwAAYCGk/i4hBqseGCwAAIAFYX6/MEYYrHpgsAAAABZEylqsqQyWJHkxeiis3J83wmAB&#10;AABUIvbFo9MZLDShMFgAAAC1aEdJ3ERqCYO1SGGwAAAAanGYKhx4+SgGa5HCYAEAANRk6KlCDNYi&#10;hcECAACojTzR5yTTVhisRQqDBQAAMAdCZgmDtUhhsAAAAObC/erJl/rVABisRQqDBQAAMCead2Qd&#10;E3CvwWoMmZuIUW1hsAAAAOaIeYu4jFLpzwwpLyxFJxUGCwAAYK7ICJX+mw0Ga7bCYAEAACwZJwmj&#10;OQiDBQAAsGSykzWaUhgsAACAJbNfbV85iRhVlfwEkm4nGwwWAADAzIn90egeyWshUCHJwwlDa+cw&#10;WAAAADNn7EJ3MQS6TJgWDBYAAMACGPrB6CH1vWsLyoPBAgAAWAC79ealk4zT9VyXC9OAwQIAAFgA&#10;Y6cJjcSo6bKhPBgsAACAhbBfb187CTlHq+0rXTaUBYMFAACwEO4/+vgLJyFna3O3W21e6GNAGTBY&#10;AAAAC6LYKJat1faV/B6iGDh9PMgDgwUAALAgyo5iBbTa3surHVC+2ndmuXU7JAwWAABAHQo9UYjm&#10;KAwWAABAPbKnoNC8hcECAACoRztVmDcNheYrDBYAAEBdZGG6k6DRsoXBAgAAqA8m68yEwQIAAJgH&#10;8j4rJ1GjZQqDBQAAMB8YyToTYbAAAADmxf3qyZcsfF+4MFgAAADzo/1R6PJve0enEQYLAABgvrTr&#10;shjNWpowWAAAAPOHt74vTBgsAACA5XAwWqvtvZPQ0byEwQIAAFge8rThbvX4a35qZ6ZabV/pNgMA&#10;AICFsV9vn7fTiK93q82b3WrzVtQYMHRKifGVn0DSbQQAALAE/j+RlIePs3CMcAAAAABJRU5ErkJg&#10;glBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEGllrrgAwAAwgkAAA4AAAAAAAAAAAAAAAAAOgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO7PMdnpAAAAxQEAABkAAAAAAAAAAAAAAAAARgYA&#10;AGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEA5qFGK+MAAAANAQAADwAA&#10;AAAAAAAAAAAAAABmBwAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAMouLZXJLAAAySwA&#10;ABQAAAAAAAAAAAAAAAAAdggAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsFBgAAAAAGAAYAfAEAAHE1&#10;AAAAAA==&#10;">
+              <v:shape id="Retângulo 40" o:spid="_x0000_s1027" style="position:absolute;top:2779;width:73431;height:99060;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="7364730,9550150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCI5QMtywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;EMXvgt8hjOBFbLJttbI2LSIIKkLpv/uwmW4WN5Nlk27Xb+8cBI8z8+a991uux9CqgfrURLZQTAwo&#10;4iq6hmsLh/3b/ROolJEdtpHJwg8lWK+ur5ZYunjhLQ27XCsx4VSiBZ9zV2qdKk8B0yR2xHI7xT5g&#10;lrGvtevxIuah1VNjHnXAhiXBY0evnqrv3TlY2H4Ozm8WH7NNc56f8p0+Hr9SYe3tzfjyDCrTmP/F&#10;f9/vTurPpw+FMYuZUAiTLECvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCI5QMtywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" path="m7364730,514472r,9035678l,9550150r,l,7650,5113296,e" filled="f" strokecolor="#522" strokeweight="2pt">
+                <v:path arrowok="t"/>
+              </v:shape>
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Gráfico 2" o:spid="_x0000_s1028" type="#_x0000_t75" href="https://www.unipar.br/" style="position:absolute;left:58521;width:14865;height:5251;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCad253yAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hBr65ZNN2tS4bQxCVbQ9O8flobm1dcylJXOu3N4Lg4/3+33I92k6cyYfWsYbZVIEgrpxp&#10;udbw/vZ4XYAIEdlg55g0fFOA9eryYomlcQO/0vkQa5FCOJSooYmxL6UMVUMWw9T1xIk7Om8xptPX&#10;0ngcUrjt5FypXFpsOTU02NNDQ9Xp8GU1jPPtx93n08nP8k0R97nabYeXQuurybi5BxFpjP/iP/ez&#10;SfMzdZNlt4tsAb8/JQDk6gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCad253yAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" o:button="t">
+                <v:fill o:detectmouseclick="t"/>
+                <v:imagedata r:id="rId4" o:title=""/>
+              </v:shape>
+            </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="71E9FF4B" w14:textId="77777777" w:rsidR="00491E1C" w:rsidRDefault="00491E1C"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04125E16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="658AC774"/>
     <w:lvl w:ilvl="0" w:tplc="222C7E56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="102" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
         <w:w w:val="100"/>
         <w:position w:val="6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -2107,50 +2744,270 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A32A2886">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7449" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="052748EA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4478FEBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-506" w:hanging="203"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-304" w:hanging="404"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="748" w:hanging="606"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="853" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="853" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2124" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3395" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4667" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5938" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AFA50D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCE054E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D3022B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D66C730E"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2192,51 +3049,598 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D8255B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B58D154"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F6E1C8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35569F22"/>
+    <w:lvl w:ilvl="0" w:tplc="04160001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04160001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="118F5A56"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D19CCF7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="125B6879"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C742CA2"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14025614"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A73059FA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="175B275C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="728A7888"/>
     <w:lvl w:ilvl="0" w:tplc="99DE440A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="105" w:hanging="452"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85741B4E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="315" w:hanging="452"/>
       </w:pPr>
@@ -2308,51 +3712,718 @@
     <w:lvl w:ilvl="7" w:tplc="6FD48E08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1607" w:hanging="452"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="33049F72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1823" w:hanging="452"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A31745A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FEE42020"/>
+    <w:lvl w:ilvl="0" w:tplc="561CF5EC">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D993A36"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EFB0E93A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22EB46AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="60D42CDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27064B4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E37A751C"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27FD56AE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9490069C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29EF7DD3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D8E8C05E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A361D06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B180F04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2421,51 +4492,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDA6D082"/>
     <w:lvl w:ilvl="0" w:tplc="C7E2A1B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="282" w:hanging="180"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4022AACA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -2541,51 +4612,51 @@
     <w:lvl w:ilvl="7" w:tplc="D1F8AB86">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6584" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F4A65A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7485" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D452E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="864A5FD6"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -2630,51 +4701,168 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DFE7455"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="67406C3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D726205"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2A8013E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1002" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
@@ -2758,51 +4946,431 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6931" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8009" w:hanging="348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ECB0376"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86667C30"/>
+    <w:lvl w:ilvl="0" w:tplc="3A7AED20">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="503B3E1E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A2E0F53A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="537C0464"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="577E185E"/>
+    <w:lvl w:ilvl="0" w:tplc="232CD38C">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5591650A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0792EF32"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56D15967"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FF1EE520"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2871,51 +5439,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596128D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="099E5F64"/>
     <w:lvl w:ilvl="0" w:tplc="DF28B0EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="105" w:hanging="176"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BAF24916">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="315" w:hanging="176"/>
       </w:pPr>
@@ -2987,51 +5555,176 @@
     <w:lvl w:ilvl="7" w:tplc="BC7422C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1607" w:hanging="176"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="ACA6C9C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1823" w:hanging="176"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C782D4F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="79E84A82"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="624D78DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BE28BFFA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -3100,51 +5793,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62634D71"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C8458C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -3213,51 +5906,544 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E34941"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0734AC82"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BEE4589"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B5BEDCD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D46593D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D5430D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70D3281A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADF4FB00"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="736D5D5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B298FD86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742C0AFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89F64D70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -3326,51 +6512,271 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="746E704F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F3547F8E"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77CF08FB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4FB07BA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="201"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="621" w:hanging="403"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="823" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1893" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2967" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4040" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5114" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6188" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7261" w:hanging="604"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795E63C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3578C5E6"/>
     <w:lvl w:ilvl="0" w:tplc="BCFECF6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="822" w:hanging="247"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A552BF02">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1754" w:hanging="247"/>
@@ -3443,356 +6849,814 @@
     <w:lvl w:ilvl="7" w:tplc="1A9E8E10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7362" w:hanging="247"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="84762980">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8297" w:hanging="247"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CD267CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52889F7E"/>
+    <w:lvl w:ilvl="0" w:tplc="F7E80558">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="28"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
-  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0030574D"/>
+    <w:rsid w:val="0001153E"/>
+    <w:rsid w:val="000152AE"/>
+    <w:rsid w:val="00026647"/>
     <w:rsid w:val="00042AB8"/>
+    <w:rsid w:val="00042B65"/>
     <w:rsid w:val="00047E08"/>
     <w:rsid w:val="00053B3F"/>
+    <w:rsid w:val="00055898"/>
     <w:rsid w:val="00057770"/>
+    <w:rsid w:val="00060F8C"/>
+    <w:rsid w:val="000637FA"/>
     <w:rsid w:val="0006561D"/>
     <w:rsid w:val="00067493"/>
     <w:rsid w:val="00071DD9"/>
+    <w:rsid w:val="00076FBD"/>
+    <w:rsid w:val="000877D2"/>
+    <w:rsid w:val="00093BC4"/>
+    <w:rsid w:val="00094888"/>
     <w:rsid w:val="0009714F"/>
+    <w:rsid w:val="000A11E0"/>
     <w:rsid w:val="000A547E"/>
+    <w:rsid w:val="000A66FE"/>
     <w:rsid w:val="000A722F"/>
     <w:rsid w:val="000C2D9F"/>
     <w:rsid w:val="000C4CF3"/>
+    <w:rsid w:val="000D1390"/>
+    <w:rsid w:val="000D3EC5"/>
+    <w:rsid w:val="000D4BCB"/>
+    <w:rsid w:val="000D6840"/>
+    <w:rsid w:val="000D73B7"/>
+    <w:rsid w:val="000E06BC"/>
+    <w:rsid w:val="000E2082"/>
     <w:rsid w:val="000E4E78"/>
+    <w:rsid w:val="000F3D56"/>
     <w:rsid w:val="000F71CE"/>
+    <w:rsid w:val="00117060"/>
     <w:rsid w:val="00121D28"/>
+    <w:rsid w:val="00122C7E"/>
+    <w:rsid w:val="00125DD7"/>
+    <w:rsid w:val="00130E5A"/>
+    <w:rsid w:val="0014610C"/>
+    <w:rsid w:val="00155631"/>
+    <w:rsid w:val="0016298B"/>
+    <w:rsid w:val="001669CF"/>
+    <w:rsid w:val="00170100"/>
+    <w:rsid w:val="00174D7D"/>
+    <w:rsid w:val="00175357"/>
+    <w:rsid w:val="001769AA"/>
     <w:rsid w:val="00185B0D"/>
+    <w:rsid w:val="001863F3"/>
     <w:rsid w:val="001A0B8C"/>
+    <w:rsid w:val="001A586F"/>
+    <w:rsid w:val="001B47E7"/>
+    <w:rsid w:val="001C4030"/>
+    <w:rsid w:val="001D0B39"/>
+    <w:rsid w:val="001D1DB8"/>
     <w:rsid w:val="001D61F3"/>
+    <w:rsid w:val="001E480F"/>
+    <w:rsid w:val="001E4ABE"/>
+    <w:rsid w:val="001E7E67"/>
+    <w:rsid w:val="001F57B5"/>
+    <w:rsid w:val="0020126B"/>
+    <w:rsid w:val="00206F75"/>
     <w:rsid w:val="002119A4"/>
+    <w:rsid w:val="0022163A"/>
     <w:rsid w:val="0022472B"/>
     <w:rsid w:val="002330DB"/>
+    <w:rsid w:val="00250C8F"/>
+    <w:rsid w:val="00262BE2"/>
     <w:rsid w:val="00270AFE"/>
+    <w:rsid w:val="00270CA4"/>
+    <w:rsid w:val="00271295"/>
     <w:rsid w:val="00271F2D"/>
+    <w:rsid w:val="00277CCF"/>
+    <w:rsid w:val="00277D97"/>
+    <w:rsid w:val="00283652"/>
     <w:rsid w:val="002973E0"/>
+    <w:rsid w:val="002A5BB2"/>
+    <w:rsid w:val="002A6D17"/>
+    <w:rsid w:val="002B385C"/>
+    <w:rsid w:val="002D2407"/>
+    <w:rsid w:val="002E3B7A"/>
+    <w:rsid w:val="002E6640"/>
+    <w:rsid w:val="002E6D98"/>
+    <w:rsid w:val="002E76E9"/>
+    <w:rsid w:val="002F03BD"/>
     <w:rsid w:val="0030574D"/>
+    <w:rsid w:val="0031060A"/>
+    <w:rsid w:val="00323515"/>
+    <w:rsid w:val="00325F9F"/>
+    <w:rsid w:val="00332DF7"/>
+    <w:rsid w:val="003365E1"/>
+    <w:rsid w:val="00341607"/>
     <w:rsid w:val="003475B0"/>
+    <w:rsid w:val="003524F5"/>
+    <w:rsid w:val="00354A36"/>
     <w:rsid w:val="003561E0"/>
+    <w:rsid w:val="00360531"/>
+    <w:rsid w:val="003742DE"/>
+    <w:rsid w:val="00375353"/>
+    <w:rsid w:val="00384105"/>
     <w:rsid w:val="00386F8E"/>
+    <w:rsid w:val="00396BCE"/>
     <w:rsid w:val="003C6B73"/>
+    <w:rsid w:val="003F1481"/>
     <w:rsid w:val="003F6ADB"/>
+    <w:rsid w:val="00415104"/>
     <w:rsid w:val="00420596"/>
+    <w:rsid w:val="00426CC6"/>
+    <w:rsid w:val="00430B54"/>
     <w:rsid w:val="00442726"/>
+    <w:rsid w:val="004604B2"/>
+    <w:rsid w:val="004634CF"/>
+    <w:rsid w:val="00464799"/>
+    <w:rsid w:val="00464D62"/>
+    <w:rsid w:val="0047598F"/>
     <w:rsid w:val="00491E1C"/>
+    <w:rsid w:val="004A251D"/>
     <w:rsid w:val="004B0EFD"/>
+    <w:rsid w:val="004B2F25"/>
     <w:rsid w:val="004B4BB6"/>
     <w:rsid w:val="004B7286"/>
+    <w:rsid w:val="004C25BD"/>
     <w:rsid w:val="004C5350"/>
+    <w:rsid w:val="004D1814"/>
     <w:rsid w:val="004D334A"/>
+    <w:rsid w:val="004D542B"/>
+    <w:rsid w:val="004D5B41"/>
+    <w:rsid w:val="004E1259"/>
+    <w:rsid w:val="004E2396"/>
     <w:rsid w:val="004E360F"/>
+    <w:rsid w:val="004E73B0"/>
+    <w:rsid w:val="0050230D"/>
+    <w:rsid w:val="0051748A"/>
+    <w:rsid w:val="00521FF8"/>
+    <w:rsid w:val="0052690D"/>
+    <w:rsid w:val="00541279"/>
+    <w:rsid w:val="005422F1"/>
     <w:rsid w:val="0054705C"/>
     <w:rsid w:val="00561C3B"/>
+    <w:rsid w:val="005741AA"/>
+    <w:rsid w:val="0058203D"/>
     <w:rsid w:val="005B1383"/>
+    <w:rsid w:val="005B373D"/>
+    <w:rsid w:val="005C3727"/>
+    <w:rsid w:val="005C37F8"/>
+    <w:rsid w:val="005C76FE"/>
+    <w:rsid w:val="005D183A"/>
+    <w:rsid w:val="005D22D6"/>
     <w:rsid w:val="005D462E"/>
     <w:rsid w:val="005F7DCA"/>
     <w:rsid w:val="00605C58"/>
     <w:rsid w:val="00605CDD"/>
+    <w:rsid w:val="00613AAD"/>
+    <w:rsid w:val="006367E4"/>
+    <w:rsid w:val="006378FF"/>
     <w:rsid w:val="006454D5"/>
+    <w:rsid w:val="0064737F"/>
     <w:rsid w:val="00647AD0"/>
-    <w:rsid w:val="006577DB"/>
+    <w:rsid w:val="00657DC6"/>
     <w:rsid w:val="00661389"/>
     <w:rsid w:val="00677D45"/>
     <w:rsid w:val="00686F3E"/>
+    <w:rsid w:val="00691933"/>
     <w:rsid w:val="00695FF7"/>
+    <w:rsid w:val="00697E0C"/>
+    <w:rsid w:val="006A3E7A"/>
+    <w:rsid w:val="006A7A73"/>
     <w:rsid w:val="006B36BB"/>
+    <w:rsid w:val="006B47DF"/>
+    <w:rsid w:val="006B4CE9"/>
+    <w:rsid w:val="006C0B14"/>
     <w:rsid w:val="006C60CE"/>
+    <w:rsid w:val="006D0F26"/>
+    <w:rsid w:val="006E07C8"/>
+    <w:rsid w:val="006E0FB9"/>
     <w:rsid w:val="006E5F71"/>
     <w:rsid w:val="006E6FE6"/>
+    <w:rsid w:val="006F29EB"/>
     <w:rsid w:val="006F6EE0"/>
+    <w:rsid w:val="00705009"/>
+    <w:rsid w:val="007250FA"/>
+    <w:rsid w:val="00743741"/>
     <w:rsid w:val="00745BA0"/>
+    <w:rsid w:val="00750D9D"/>
+    <w:rsid w:val="00751FD4"/>
+    <w:rsid w:val="0076796F"/>
+    <w:rsid w:val="00772C6A"/>
     <w:rsid w:val="00772F16"/>
     <w:rsid w:val="007773A2"/>
     <w:rsid w:val="00782106"/>
+    <w:rsid w:val="00783254"/>
+    <w:rsid w:val="0078425E"/>
+    <w:rsid w:val="00785C78"/>
     <w:rsid w:val="00786C85"/>
+    <w:rsid w:val="00793B46"/>
+    <w:rsid w:val="00796444"/>
+    <w:rsid w:val="007A0BED"/>
     <w:rsid w:val="007A1257"/>
+    <w:rsid w:val="007C52F3"/>
     <w:rsid w:val="007C539C"/>
+    <w:rsid w:val="007D12B7"/>
+    <w:rsid w:val="007D51DA"/>
+    <w:rsid w:val="007D5BBB"/>
+    <w:rsid w:val="007E1A16"/>
+    <w:rsid w:val="007E56CC"/>
     <w:rsid w:val="007F29F5"/>
     <w:rsid w:val="007F54C2"/>
+    <w:rsid w:val="00802132"/>
+    <w:rsid w:val="00803508"/>
+    <w:rsid w:val="00824087"/>
+    <w:rsid w:val="00825F3A"/>
     <w:rsid w:val="00842EE6"/>
+    <w:rsid w:val="00850252"/>
+    <w:rsid w:val="00850599"/>
+    <w:rsid w:val="00855D3F"/>
+    <w:rsid w:val="00870281"/>
     <w:rsid w:val="00871233"/>
+    <w:rsid w:val="00872FEE"/>
     <w:rsid w:val="00877157"/>
     <w:rsid w:val="00880C8F"/>
+    <w:rsid w:val="00884CC0"/>
+    <w:rsid w:val="008B19D9"/>
+    <w:rsid w:val="008B6A20"/>
     <w:rsid w:val="008C731D"/>
+    <w:rsid w:val="008C7F19"/>
     <w:rsid w:val="008E1DC0"/>
+    <w:rsid w:val="0090064F"/>
+    <w:rsid w:val="00904709"/>
+    <w:rsid w:val="00937435"/>
     <w:rsid w:val="00966374"/>
+    <w:rsid w:val="00974860"/>
+    <w:rsid w:val="00974B32"/>
+    <w:rsid w:val="00976D87"/>
+    <w:rsid w:val="0099108A"/>
+    <w:rsid w:val="009A6247"/>
     <w:rsid w:val="009C1043"/>
+    <w:rsid w:val="009D4DC8"/>
+    <w:rsid w:val="009E0493"/>
+    <w:rsid w:val="009E2C06"/>
+    <w:rsid w:val="009E470C"/>
+    <w:rsid w:val="009E4AE9"/>
+    <w:rsid w:val="009E5C78"/>
     <w:rsid w:val="009F49EC"/>
     <w:rsid w:val="009F5100"/>
+    <w:rsid w:val="00A005BB"/>
+    <w:rsid w:val="00A04170"/>
+    <w:rsid w:val="00A04C51"/>
     <w:rsid w:val="00A06969"/>
     <w:rsid w:val="00A13D83"/>
+    <w:rsid w:val="00A21546"/>
+    <w:rsid w:val="00A245EA"/>
+    <w:rsid w:val="00A261A5"/>
     <w:rsid w:val="00A4168F"/>
+    <w:rsid w:val="00A47E3B"/>
     <w:rsid w:val="00A54570"/>
+    <w:rsid w:val="00A6385F"/>
+    <w:rsid w:val="00A64D21"/>
+    <w:rsid w:val="00A70F22"/>
+    <w:rsid w:val="00A7623E"/>
     <w:rsid w:val="00AA09C3"/>
     <w:rsid w:val="00AB3F2F"/>
+    <w:rsid w:val="00AB5ACF"/>
+    <w:rsid w:val="00AB7911"/>
+    <w:rsid w:val="00AD392C"/>
     <w:rsid w:val="00AD52B9"/>
+    <w:rsid w:val="00AD6294"/>
+    <w:rsid w:val="00AE36A5"/>
+    <w:rsid w:val="00AE6B21"/>
+    <w:rsid w:val="00AF02C9"/>
+    <w:rsid w:val="00AF427E"/>
     <w:rsid w:val="00AF4FA2"/>
+    <w:rsid w:val="00B03815"/>
+    <w:rsid w:val="00B07FC8"/>
+    <w:rsid w:val="00B21111"/>
+    <w:rsid w:val="00B25852"/>
+    <w:rsid w:val="00B32B3B"/>
+    <w:rsid w:val="00B3570B"/>
+    <w:rsid w:val="00B53FC7"/>
+    <w:rsid w:val="00B63E4C"/>
+    <w:rsid w:val="00B6527E"/>
+    <w:rsid w:val="00B66C34"/>
+    <w:rsid w:val="00B7066C"/>
     <w:rsid w:val="00B71D7C"/>
+    <w:rsid w:val="00B72652"/>
+    <w:rsid w:val="00B7351E"/>
     <w:rsid w:val="00B7604E"/>
+    <w:rsid w:val="00B813B4"/>
+    <w:rsid w:val="00B838B5"/>
     <w:rsid w:val="00B85857"/>
+    <w:rsid w:val="00B8607E"/>
+    <w:rsid w:val="00B92229"/>
+    <w:rsid w:val="00B94E66"/>
+    <w:rsid w:val="00BA0699"/>
     <w:rsid w:val="00BA1F87"/>
+    <w:rsid w:val="00BA2F9D"/>
+    <w:rsid w:val="00BB01FD"/>
+    <w:rsid w:val="00BB07CE"/>
+    <w:rsid w:val="00BB3428"/>
+    <w:rsid w:val="00BD179F"/>
+    <w:rsid w:val="00BD2F3A"/>
     <w:rsid w:val="00BD36B2"/>
     <w:rsid w:val="00BD7DD4"/>
-    <w:rsid w:val="00CA1B60"/>
+    <w:rsid w:val="00BE45E9"/>
+    <w:rsid w:val="00BF3475"/>
+    <w:rsid w:val="00BF650A"/>
+    <w:rsid w:val="00C11059"/>
+    <w:rsid w:val="00C243E8"/>
+    <w:rsid w:val="00C369B6"/>
+    <w:rsid w:val="00C44A87"/>
+    <w:rsid w:val="00C57458"/>
+    <w:rsid w:val="00C634FC"/>
+    <w:rsid w:val="00C76A3D"/>
+    <w:rsid w:val="00C817D1"/>
+    <w:rsid w:val="00C90DDB"/>
+    <w:rsid w:val="00C93370"/>
+    <w:rsid w:val="00C95B4D"/>
+    <w:rsid w:val="00C9646D"/>
+    <w:rsid w:val="00C964BD"/>
+    <w:rsid w:val="00CA0513"/>
+    <w:rsid w:val="00CA3B10"/>
+    <w:rsid w:val="00CA405F"/>
     <w:rsid w:val="00CB2521"/>
+    <w:rsid w:val="00CB2C6B"/>
     <w:rsid w:val="00CB33B7"/>
+    <w:rsid w:val="00CC1C96"/>
     <w:rsid w:val="00CC632F"/>
+    <w:rsid w:val="00CD5C93"/>
     <w:rsid w:val="00CD7738"/>
+    <w:rsid w:val="00CE4EB8"/>
+    <w:rsid w:val="00CE5B97"/>
+    <w:rsid w:val="00D04C20"/>
+    <w:rsid w:val="00D12147"/>
+    <w:rsid w:val="00D34AD3"/>
+    <w:rsid w:val="00D46555"/>
     <w:rsid w:val="00D625C6"/>
+    <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D75FA4"/>
+    <w:rsid w:val="00D76B1E"/>
+    <w:rsid w:val="00D90E57"/>
+    <w:rsid w:val="00D91B91"/>
+    <w:rsid w:val="00DA634A"/>
     <w:rsid w:val="00DA76A3"/>
+    <w:rsid w:val="00DC1F68"/>
+    <w:rsid w:val="00DD3A3D"/>
+    <w:rsid w:val="00DD3CE9"/>
+    <w:rsid w:val="00DD40B3"/>
+    <w:rsid w:val="00DD64A1"/>
+    <w:rsid w:val="00DD6CC6"/>
+    <w:rsid w:val="00DE627F"/>
+    <w:rsid w:val="00DF45E4"/>
+    <w:rsid w:val="00DF4CA2"/>
+    <w:rsid w:val="00E01D64"/>
+    <w:rsid w:val="00E02411"/>
+    <w:rsid w:val="00E0345A"/>
+    <w:rsid w:val="00E122EE"/>
+    <w:rsid w:val="00E123C1"/>
+    <w:rsid w:val="00E12F65"/>
+    <w:rsid w:val="00E2018A"/>
     <w:rsid w:val="00E322A0"/>
-    <w:rsid w:val="00E71BD9"/>
+    <w:rsid w:val="00E34AAE"/>
     <w:rsid w:val="00E74E1B"/>
     <w:rsid w:val="00E75076"/>
+    <w:rsid w:val="00E90BB1"/>
+    <w:rsid w:val="00EA1CBE"/>
     <w:rsid w:val="00EA2FE6"/>
+    <w:rsid w:val="00EB1165"/>
+    <w:rsid w:val="00EB29A0"/>
+    <w:rsid w:val="00EB5ABA"/>
+    <w:rsid w:val="00ED3DF5"/>
+    <w:rsid w:val="00ED5B25"/>
     <w:rsid w:val="00EE1091"/>
     <w:rsid w:val="00EF21FB"/>
+    <w:rsid w:val="00EF46B1"/>
     <w:rsid w:val="00EF7444"/>
+    <w:rsid w:val="00F02279"/>
+    <w:rsid w:val="00F115DC"/>
+    <w:rsid w:val="00F211F2"/>
+    <w:rsid w:val="00F2531D"/>
+    <w:rsid w:val="00F3559E"/>
     <w:rsid w:val="00F35E6D"/>
-    <w:rsid w:val="00FD606F"/>
+    <w:rsid w:val="00F361AF"/>
+    <w:rsid w:val="00F46A56"/>
+    <w:rsid w:val="00F50643"/>
+    <w:rsid w:val="00F50F18"/>
+    <w:rsid w:val="00F52DB6"/>
+    <w:rsid w:val="00F5429E"/>
+    <w:rsid w:val="00F84D15"/>
+    <w:rsid w:val="00F90914"/>
+    <w:rsid w:val="00FA10DB"/>
+    <w:rsid w:val="00FA4424"/>
+    <w:rsid w:val="00FB6B06"/>
+    <w:rsid w:val="00FC0E34"/>
+    <w:rsid w:val="00FC1D8E"/>
+    <w:rsid w:val="00FC330D"/>
+    <w:rsid w:val="00FD0769"/>
+    <w:rsid w:val="00FD3833"/>
     <w:rsid w:val="00FE7908"/>
+    <w:rsid w:val="00FF6678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="74B7CE73"/>
+  <w14:docId w14:val="52764EF7"/>
   <w15:docId w15:val="{90CBACDF-6BA8-4D0C-A2A8-1C73452278FA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3855,51 +7719,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4080,239 +7944,274 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009F5100"/>
+    <w:rsid w:val="006378FF"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0022472B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E4E78"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
+    <w:name w:val="Título 1 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0022472B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000E4E78"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00C455BA"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C455BA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00C455BA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C455BA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Corpodetexto"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Noto Sans CJK SC" w:hAnsi="Liberation Sans" w:cs="Lohit Devanagari"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CorpodetextoChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="140"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
+    <w:name w:val="Corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="000E4E78"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
     <w:basedOn w:val="Corpodetexto"/>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Legenda">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
     <w:name w:val="Header and Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...28 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrameContents">
     <w:name w:val="Frame Contents"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodenotaderodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00871233"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
     <w:name w:val="Texto de nota de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotaderodap"/>
@@ -4343,64 +8242,50 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD36B2"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
     <w:name w:val="Menção Pendente1"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A1257"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ListaMdia1-nfase6">
     <w:name w:val="Medium List 1 Accent 6"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="65"/>
     <w:rsid w:val="0022472B"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
@@ -4671,97 +8556,75 @@
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Pr-formataoHTMLChar">
     <w:name w:val="Pré-formatação HTML Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Pr-formataoHTML"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E4E78"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="000E4E78"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TtuloChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000E4E78"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="44" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="3546" w:right="1884" w:hanging="1215"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
@@ -4934,104 +8797,102 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A0">
     <w:name w:val="A0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:rFonts w:cs="Gill Sans MT"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="label">
     <w:name w:val="label"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="000E4E78"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="value">
     <w:name w:val="value"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="000E4E78"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentrio">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodecomentrio">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodecomentrioChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
     <w:name w:val="Texto de comentário Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Assuntodocomentrio">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textodecomentrio"/>
     <w:next w:val="Textodecomentrio"/>
     <w:link w:val="AssuntodocomentrioChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
     <w:name w:val="Assunto do comentário Char"/>
     <w:basedOn w:val="TextodecomentrioChar"/>
@@ -5050,83 +8911,681 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente10">
     <w:name w:val="Menção Pendente1"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente2">
     <w:name w:val="Menção Pendente2"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E4E78"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Partesuperior-zdoformulrio">
+    <w:name w:val="HTML Top of Form"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Partesuperior-zdoformulrioChar"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E01D64"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Partesuperior-zdoformulrioChar">
+    <w:name w:val="Parte superior-z do formulário Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Partesuperior-zdoformulrio"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E01D64"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="subtitulo">
+    <w:name w:val="subtitulo"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00E01D64"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HiperlinkVisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00055898"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E90BB1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="SombreamentoClaro">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00E90BB1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente3">
+    <w:name w:val="Menção Pendente3"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A245EA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sumrio1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="005741AA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="238" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="621" w:hanging="403"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sumrio2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="005741AA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="237" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="421"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CabealhodoSumrio">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Ttulo1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005741AA"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Reviso">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005741AA"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="uv3um">
+    <w:name w:val="uv3um"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="005741AA"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="topicparatopictextcub0d">
+    <w:name w:val="topicpara_topictext__cub0d"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="005741AA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="undefined">
+    <w:name w:val="undefined"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="005741AA"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="mixed-citation">
+    <w:name w:val="mixed-citation"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="007C52F3"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="MenoPendente">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A47E3B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="2"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:rsid w:val="001863F3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="1"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:rsid w:val="001863F3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="451218399">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="469129761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="501043623">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="529874117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="984355624">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1065566736">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1071544423">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1087459336">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1116027199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1125731855">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1153642192">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1485976091">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1502240491">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1619678621">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1760641918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1842621661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1866359880">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2122652537">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2123070043">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25110/arqsaude.v30i2.2026-XXXX" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.issn.org/resource/ISSN/1982-114X" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.unipar.br/index.php/saude" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unipar.br/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unipar.br/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5379,101 +9838,102 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{814BEC18-4497-4049-AA8A-CB66B4989209}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCFA3177-721A-455A-940E-9EDF0FA8A469}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>73</Words>
-  <Characters>395</Characters>
+  <Words>91</Words>
+  <Characters>492</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>467</CharactersWithSpaces>
+  <CharactersWithSpaces>582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lab 01</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pt-BR</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
     <vt:bool>false</vt:bool>